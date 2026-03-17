--- v0 (2025-12-01)
+++ v1 (2026-03-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Организации" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="139">
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Вид</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Веб-сайт</t>
   </si>
   <si>
     <t>E-mail</t>
   </si>
   <si>
     <t>Успешные практики</t>
   </si>
   <si>
     <t>Проекты</t>
   </si>
   <si>
@@ -303,50 +303,62 @@
     <t>Нижегородская область</t>
   </si>
   <si>
     <t>Нижегородская область Дзержинск Циолковского 82-20</t>
   </si>
   <si>
     <t>https://changingtheworld.ru</t>
   </si>
   <si>
     <t>adspfo@mail.ru</t>
   </si>
   <si>
     <t>#Безбумаги</t>
   </si>
   <si>
     <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "РЕСУРСНЫЙ ЦЕНТР ПОДДЕРЖКИ ОБЩЕСТВЕННЫХ ИНИЦИАТИВ И РАЗВИТИЯ МАЛЫХ ТЕРРИТОРИЙ "ОТКРЫТЫЙ СТАРТ"</t>
   </si>
   <si>
     <t>Архангельская область, Котласский района, п. Шипицыно, ул. Северная, д. 100</t>
   </si>
   <si>
     <t>rcopenstart@libkr.ru</t>
   </si>
   <si>
     <t>Маршрут построен, Творческая лаборатория активных людей "В чем СОЛЬ?" направленная на разработку большой стратегии развития малых сельских территорий Котласского района в области благоустройства и повышения качества жизни на селе</t>
+  </si>
+  <si>
+    <t>Центр развития социальных проектов Вельского района "ТРоПА"</t>
+  </si>
+  <si>
+    <t>165115 Архангельская обл., Вельский район, д. Горка Муравьевская, ул. Дорожная, д. 2-б.</t>
+  </si>
+  <si>
+    <t>nick.kudrin2012@yandex.ru</t>
+  </si>
+  <si>
+    <t>"Краш-Вояж", ДомА..., "Незнайка - фест" 1,2.</t>
   </si>
   <si>
     <t>НП "Ассоциация благотворительных организаций РБ"</t>
   </si>
   <si>
     <t>Республика Башкортостан</t>
   </si>
   <si>
     <t>450531 Алексеевка, ул. 50 лет Победы 40|1</t>
   </si>
   <si>
     <t>https://www.facebook.com/blagolubim.ural</t>
   </si>
   <si>
     <t>afinasultanova@mail.ru</t>
   </si>
   <si>
     <t>«Республиканский центр развития и поддержки общественных и социальных городских и сельских инициатив, СОНКО, НКО Республики Башкортостан «ТЕРРИТОРИЯ РОСТА»</t>
   </si>
   <si>
     <t>Автономная некоммерческая организация содействия благополучию семьи "Открытый институт проектирования"</t>
   </si>
   <si>
     <t>Челябинская область</t>
   </si>
@@ -776,51 +788,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:H27"/>
+  <dimension ref="A1:H28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H1" sqref="H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="179.241943" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.135986" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="41.132813" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="129.682617" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="60.128174" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="32.991943" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="175.671387" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="271.219482" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1227,218 +1239,240 @@
         <v>93</v>
       </c>
       <c r="B19" t="s">
         <v>26</v>
       </c>
       <c r="C19" t="s">
         <v>15</v>
       </c>
       <c r="D19" t="s">
         <v>94</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
         <v>95</v>
       </c>
       <c r="G19"/>
       <c r="H19" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>97</v>
       </c>
       <c r="B20" t="s">
-        <v>98</v>
+        <v>26</v>
       </c>
       <c r="C20" t="s">
         <v>36</v>
       </c>
       <c r="D20" t="s">
+        <v>98</v>
+      </c>
+      <c r="E20"/>
+      <c r="F20" t="s">
         <v>99</v>
       </c>
-      <c r="E20" t="s">
+      <c r="G20" t="s">
         <v>100</v>
       </c>
-      <c r="F20" t="s">
-[...5 lines deleted...]
-      </c>
+      <c r="H20"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
+        <v>101</v>
+      </c>
+      <c r="B21" t="s">
+        <v>102</v>
+      </c>
+      <c r="C21" t="s">
+        <v>36</v>
+      </c>
+      <c r="D21" t="s">
         <v>103</v>
       </c>
-      <c r="B21" t="s">
+      <c r="E21" t="s">
         <v>104</v>
       </c>
-      <c r="C21" t="s">
-[...2 lines deleted...]
-      <c r="D21" t="s">
+      <c r="F21" t="s">
         <v>105</v>
       </c>
-      <c r="E21"/>
-      <c r="F21" t="s">
+      <c r="G21"/>
+      <c r="H21" t="s">
         <v>106</v>
       </c>
-      <c r="G21"/>
-      <c r="H21"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>107</v>
       </c>
       <c r="B22" t="s">
         <v>108</v>
       </c>
       <c r="C22" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="D22" t="s">
         <v>109</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
         <v>110</v>
       </c>
-      <c r="G22" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G22"/>
       <c r="H22"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
+        <v>111</v>
+      </c>
+      <c r="B23" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="C23" t="s">
         <v>15</v>
       </c>
       <c r="D23" t="s">
+        <v>113</v>
+      </c>
+      <c r="E23"/>
+      <c r="F23" t="s">
         <v>114</v>
       </c>
-      <c r="E23" t="s">
+      <c r="G23" t="s">
         <v>115</v>
       </c>
-      <c r="F23" t="s">
-[...2 lines deleted...]
-      <c r="G23"/>
       <c r="H23"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
+        <v>116</v>
+      </c>
+      <c r="B24" t="s">
         <v>117</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
+        <v>15</v>
+      </c>
+      <c r="D24" t="s">
         <v>118</v>
       </c>
-      <c r="C24" t="s">
-[...2 lines deleted...]
-      <c r="D24" t="s">
+      <c r="E24" t="s">
         <v>119</v>
       </c>
-      <c r="E24" t="s">
+      <c r="F24" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="G24"/>
       <c r="H24"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
+        <v>121</v>
+      </c>
+      <c r="B25" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="C25" t="s">
         <v>36</v>
       </c>
       <c r="D25" t="s">
+        <v>123</v>
+      </c>
+      <c r="E25" t="s">
         <v>124</v>
       </c>
-      <c r="E25" t="s">
+      <c r="F25" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="G25"/>
       <c r="H25"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
+        <v>126</v>
+      </c>
+      <c r="B26" t="s">
         <v>127</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" t="s">
+        <v>36</v>
+      </c>
+      <c r="D26" t="s">
         <v>128</v>
       </c>
-      <c r="C26" t="s">
-[...2 lines deleted...]
-      <c r="D26" t="s">
+      <c r="E26" t="s">
         <v>129</v>
       </c>
-      <c r="E26"/>
       <c r="F26" t="s">
         <v>130</v>
       </c>
       <c r="G26"/>
       <c r="H26"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>131</v>
       </c>
       <c r="B27" t="s">
-        <v>118</v>
+        <v>132</v>
       </c>
       <c r="C27" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
       <c r="D27" t="s">
-        <v>132</v>
-[...1 lines deleted...]
-      <c r="E27" t="s">
         <v>133</v>
       </c>
+      <c r="E27"/>
       <c r="F27" t="s">
         <v>134</v>
       </c>
       <c r="G27"/>
       <c r="H27"/>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>135</v>
+      </c>
+      <c r="B28" t="s">
+        <v>122</v>
+      </c>
+      <c r="C28" t="s">
+        <v>36</v>
+      </c>
+      <c r="D28" t="s">
+        <v>136</v>
+      </c>
+      <c r="E28" t="s">
+        <v>137</v>
+      </c>
+      <c r="F28" t="s">
+        <v>138</v>
+      </c>
+      <c r="G28"/>
+      <c r="H28"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>