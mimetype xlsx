--- v0 (2025-11-03)
+++ v1 (2025-12-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Организации" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="841">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="836">
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Вид</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Веб-сайт</t>
   </si>
   <si>
     <t>E-mail</t>
   </si>
   <si>
     <t>Успешные практики</t>
   </si>
   <si>
     <t>Проекты</t>
   </si>
   <si>
@@ -2193,65 +2193,50 @@
     <t>https://ngogarant.ru/</t>
   </si>
   <si>
     <t>garant@ngo-garant.ru</t>
   </si>
   <si>
     <t>Школа тренеров некоммерческого сектора, Школа для тренеров некоммерческого сектора: расширяем профессиональное сообщество, Сила вместе: ресурс для ресурсных центров</t>
   </si>
   <si>
     <t>Областная общественная организация "Нижегородская служба добровольцев"</t>
   </si>
   <si>
     <t>г. Нижний Новгород, ул. Пискунова, дом 27, 3 этаж</t>
   </si>
   <si>
     <t>http://nnvs.ru/</t>
   </si>
   <si>
     <t>nnvs.rc@gmail.com</t>
   </si>
   <si>
     <t>Фонд "Ресурсный центр поддержки социально ориентированных организаций, проектов и программ"</t>
   </si>
   <si>
     <t>solovjeva.natalja@gmail.com</t>
-  </si>
-[...13 lines deleted...]
-    <t>fondmelnik@mail.ru</t>
   </si>
   <si>
     <t>Ассоциация "Юристы за гражданское общество"</t>
   </si>
   <si>
     <t>119019, г. Москва, Малый Знаменский переулок, д. 3/5, стр. 6 (вход через проходную по адресу: Большой Знаменский переулок, д. 2/7)</t>
   </si>
   <si>
     <t>http://lawcs.ru/</t>
   </si>
   <si>
     <t>info@lawcs.ru</t>
   </si>
   <si>
     <t>Правовая академия НКО, Правовой капитал знаний – основа эффективного целевого капитала</t>
   </si>
   <si>
     <t>Некоммерческая организация "Фонд поддержки гражданских инициатив"</t>
   </si>
   <si>
     <t>Вологодская область</t>
   </si>
   <si>
     <t>160035, г. Вологда, Советский пр., 35-а</t>
   </si>
@@ -2894,51 +2879,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:H185"/>
+  <dimension ref="A1:H184"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H1" sqref="H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="229.943848" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.135986" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="41.132813" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="162.674561" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="55.272217" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="36.419678" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="764.384766" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="456.459961" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -6501,618 +6486,596 @@
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>725</v>
       </c>
       <c r="B160" t="s">
         <v>111</v>
       </c>
       <c r="C160" t="s">
         <v>10</v>
       </c>
       <c r="D160" t="s">
         <v>111</v>
       </c>
       <c r="E160"/>
       <c r="F160" t="s">
         <v>726</v>
       </c>
       <c r="G160"/>
       <c r="H160"/>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>727</v>
       </c>
       <c r="B161" t="s">
+        <v>261</v>
+      </c>
+      <c r="C161" t="s">
+        <v>31</v>
+      </c>
+      <c r="D161" t="s">
         <v>728</v>
       </c>
-      <c r="C161" t="s">
-[...2 lines deleted...]
-      <c r="D161" t="s">
+      <c r="E161" t="s">
         <v>729</v>
       </c>
-      <c r="E161" t="s">
+      <c r="F161" t="s">
         <v>730</v>
       </c>
-      <c r="F161" t="s">
+      <c r="G161"/>
+      <c r="H161" t="s">
         <v>731</v>
       </c>
-      <c r="G161"/>
-      <c r="H161"/>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>732</v>
       </c>
       <c r="B162" t="s">
-        <v>261</v>
+        <v>733</v>
       </c>
       <c r="C162" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="D162" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="E162" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="F162" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="G162"/>
-      <c r="H162" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H162"/>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>737</v>
       </c>
       <c r="B163" t="s">
+        <v>685</v>
+      </c>
+      <c r="C163" t="s">
+        <v>31</v>
+      </c>
+      <c r="D163" t="s">
         <v>738</v>
       </c>
-      <c r="C163" t="s">
-[...2 lines deleted...]
-      <c r="D163" t="s">
+      <c r="E163" t="s">
         <v>739</v>
       </c>
-      <c r="E163" t="s">
+      <c r="F163" t="s">
         <v>740</v>
-      </c>
-[...1 lines deleted...]
-        <v>741</v>
       </c>
       <c r="G163"/>
       <c r="H163"/>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
+        <v>741</v>
+      </c>
+      <c r="B164" t="s">
         <v>742</v>
       </c>
-      <c r="B164" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C164" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="D164" t="s">
         <v>743</v>
       </c>
       <c r="E164" t="s">
         <v>744</v>
       </c>
       <c r="F164" t="s">
         <v>745</v>
       </c>
       <c r="G164"/>
-      <c r="H164"/>
+      <c r="H164" t="s">
+        <v>746</v>
+      </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="B165" t="s">
-        <v>747</v>
+        <v>85</v>
       </c>
       <c r="C165" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="D165" t="s">
         <v>748</v>
       </c>
-      <c r="E165" t="s">
+      <c r="E165"/>
+      <c r="F165" t="s">
         <v>749</v>
       </c>
-      <c r="F165" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G165"/>
-      <c r="H165" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H165"/>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>752</v>
+        <v>750</v>
       </c>
       <c r="B166" t="s">
-        <v>85</v>
+        <v>261</v>
       </c>
       <c r="C166" t="s">
         <v>31</v>
       </c>
       <c r="D166" t="s">
+        <v>751</v>
+      </c>
+      <c r="E166" t="s">
+        <v>752</v>
+      </c>
+      <c r="F166" t="s">
         <v>753</v>
-      </c>
-[...2 lines deleted...]
-        <v>754</v>
       </c>
       <c r="G166"/>
       <c r="H166"/>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
+        <v>754</v>
+      </c>
+      <c r="B167" t="s">
+        <v>302</v>
+      </c>
+      <c r="C167" t="s">
+        <v>52</v>
+      </c>
+      <c r="D167" t="s">
         <v>755</v>
       </c>
-      <c r="B167" t="s">
-[...5 lines deleted...]
-      <c r="D167" t="s">
+      <c r="E167" t="s">
         <v>756</v>
       </c>
-      <c r="E167" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F167" t="s">
-        <v>758</v>
+        <v>630</v>
       </c>
       <c r="G167"/>
       <c r="H167"/>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
+        <v>757</v>
+      </c>
+      <c r="B168" t="s">
+        <v>434</v>
+      </c>
+      <c r="C168" t="s">
+        <v>10</v>
+      </c>
+      <c r="D168" t="s">
+        <v>758</v>
+      </c>
+      <c r="E168" t="s">
         <v>759</v>
       </c>
-      <c r="B168" t="s">
-[...5 lines deleted...]
-      <c r="D168" t="s">
+      <c r="F168" t="s">
         <v>760</v>
-      </c>
-[...4 lines deleted...]
-        <v>630</v>
       </c>
       <c r="G168"/>
       <c r="H168"/>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
+        <v>761</v>
+      </c>
+      <c r="B169" t="s">
+        <v>261</v>
+      </c>
+      <c r="C169" t="s">
+        <v>52</v>
+      </c>
+      <c r="D169" t="s">
         <v>762</v>
       </c>
-      <c r="B169" t="s">
-[...5 lines deleted...]
-      <c r="D169" t="s">
+      <c r="E169" t="s">
         <v>763</v>
       </c>
-      <c r="E169" t="s">
+      <c r="F169" t="s">
         <v>764</v>
-      </c>
-[...1 lines deleted...]
-        <v>765</v>
       </c>
       <c r="G169"/>
       <c r="H169"/>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
+        <v>765</v>
+      </c>
+      <c r="B170" t="s">
+        <v>469</v>
+      </c>
+      <c r="C170" t="s">
+        <v>10</v>
+      </c>
+      <c r="D170" t="s">
         <v>766</v>
       </c>
-      <c r="B170" t="s">
-[...5 lines deleted...]
-      <c r="D170" t="s">
+      <c r="E170" t="s">
         <v>767</v>
       </c>
-      <c r="E170" t="s">
+      <c r="F170" t="s">
         <v>768</v>
-      </c>
-[...1 lines deleted...]
-        <v>769</v>
       </c>
       <c r="G170"/>
       <c r="H170"/>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
+        <v>769</v>
+      </c>
+      <c r="B171" t="s">
+        <v>733</v>
+      </c>
+      <c r="C171" t="s">
+        <v>52</v>
+      </c>
+      <c r="D171" t="s">
         <v>770</v>
       </c>
-      <c r="B171" t="s">
-[...5 lines deleted...]
-      <c r="D171" t="s">
+      <c r="E171" t="s">
         <v>771</v>
       </c>
-      <c r="E171" t="s">
+      <c r="F171" t="s">
         <v>772</v>
       </c>
-      <c r="F171" t="s">
+      <c r="G171"/>
+      <c r="H171" t="s">
         <v>773</v>
       </c>
-      <c r="G171"/>
-      <c r="H171"/>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>774</v>
       </c>
       <c r="B172" t="s">
-        <v>738</v>
+        <v>111</v>
       </c>
       <c r="C172" t="s">
-        <v>52</v>
+        <v>31</v>
       </c>
       <c r="D172" t="s">
         <v>775</v>
       </c>
       <c r="E172" t="s">
         <v>776</v>
       </c>
       <c r="F172" t="s">
         <v>777</v>
       </c>
       <c r="G172"/>
       <c r="H172" t="s">
         <v>778</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>779</v>
       </c>
       <c r="B173" t="s">
-        <v>111</v>
+        <v>261</v>
       </c>
       <c r="C173" t="s">
         <v>31</v>
       </c>
       <c r="D173" t="s">
         <v>780</v>
       </c>
       <c r="E173" t="s">
         <v>781</v>
       </c>
       <c r="F173" t="s">
         <v>782</v>
       </c>
       <c r="G173"/>
-      <c r="H173" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H173"/>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>784</v>
+        <v>783</v>
       </c>
       <c r="B174" t="s">
-        <v>261</v>
+        <v>384</v>
       </c>
       <c r="C174" t="s">
         <v>31</v>
       </c>
       <c r="D174" t="s">
+        <v>784</v>
+      </c>
+      <c r="E174" t="s">
         <v>785</v>
       </c>
-      <c r="E174" t="s">
+      <c r="F174" t="s">
         <v>786</v>
-      </c>
-[...1 lines deleted...]
-        <v>787</v>
       </c>
       <c r="G174"/>
       <c r="H174"/>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
+        <v>787</v>
+      </c>
+      <c r="B175" t="s">
         <v>788</v>
       </c>
-      <c r="B175" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C175" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="D175" t="s">
         <v>789</v>
       </c>
       <c r="E175" t="s">
         <v>790</v>
       </c>
       <c r="F175" t="s">
         <v>791</v>
       </c>
       <c r="G175"/>
       <c r="H175"/>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>792</v>
       </c>
       <c r="B176" t="s">
+        <v>66</v>
+      </c>
+      <c r="C176" t="s">
+        <v>10</v>
+      </c>
+      <c r="D176" t="s">
         <v>793</v>
       </c>
-      <c r="C176" t="s">
-[...2 lines deleted...]
-      <c r="D176" t="s">
+      <c r="E176" t="s">
         <v>794</v>
       </c>
-      <c r="E176" t="s">
+      <c r="F176" t="s">
         <v>795</v>
       </c>
-      <c r="F176" t="s">
+      <c r="G176" t="s">
         <v>796</v>
       </c>
-      <c r="G176"/>
-      <c r="H176"/>
+      <c r="H176" t="s">
+        <v>797</v>
+      </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="B177" t="s">
-        <v>66</v>
+        <v>424</v>
       </c>
       <c r="C177" t="s">
         <v>10</v>
       </c>
       <c r="D177" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="E177" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="F177" t="s">
-        <v>800</v>
-[...1 lines deleted...]
-      <c r="G177" t="s">
         <v>801</v>
       </c>
-      <c r="H177" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G177"/>
+      <c r="H177"/>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
+        <v>802</v>
+      </c>
+      <c r="B178" t="s">
+        <v>261</v>
+      </c>
+      <c r="C178" t="s">
+        <v>31</v>
+      </c>
+      <c r="D178" t="s">
         <v>803</v>
       </c>
-      <c r="B178" t="s">
-[...5 lines deleted...]
-      <c r="D178" t="s">
+      <c r="E178" t="s">
         <v>804</v>
       </c>
-      <c r="E178" t="s">
+      <c r="F178" t="s">
         <v>805</v>
-      </c>
-[...1 lines deleted...]
-        <v>806</v>
       </c>
       <c r="G178"/>
       <c r="H178"/>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
+        <v>806</v>
+      </c>
+      <c r="B179" t="s">
+        <v>302</v>
+      </c>
+      <c r="C179" t="s">
+        <v>10</v>
+      </c>
+      <c r="D179" t="s">
         <v>807</v>
       </c>
-      <c r="B179" t="s">
-[...5 lines deleted...]
-      <c r="D179" t="s">
+      <c r="E179" t="s">
         <v>808</v>
       </c>
-      <c r="E179" t="s">
+      <c r="F179" t="s">
         <v>809</v>
       </c>
-      <c r="F179" t="s">
+      <c r="G179" t="s">
         <v>810</v>
       </c>
-      <c r="G179"/>
       <c r="H179"/>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
         <v>811</v>
       </c>
       <c r="B180" t="s">
-        <v>302</v>
+        <v>384</v>
       </c>
       <c r="C180" t="s">
         <v>10</v>
       </c>
       <c r="D180" t="s">
+        <v>488</v>
+      </c>
+      <c r="E180" t="s">
         <v>812</v>
       </c>
-      <c r="E180" t="s">
+      <c r="F180" t="s">
         <v>813</v>
       </c>
-      <c r="F180" t="s">
+      <c r="G180"/>
+      <c r="H180" t="s">
         <v>814</v>
       </c>
-      <c r="G180" t="s">
-[...2 lines deleted...]
-      <c r="H180"/>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
+        <v>815</v>
+      </c>
+      <c r="B181" t="s">
+        <v>483</v>
+      </c>
+      <c r="C181" t="s">
+        <v>31</v>
+      </c>
+      <c r="D181" t="s">
         <v>816</v>
-      </c>
-[...7 lines deleted...]
-        <v>488</v>
       </c>
       <c r="E181" t="s">
         <v>817</v>
       </c>
       <c r="F181" t="s">
+        <v>486</v>
+      </c>
+      <c r="G181" t="s">
         <v>818</v>
       </c>
-      <c r="G181"/>
-[...2 lines deleted...]
-      </c>
+      <c r="H181"/>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
+        <v>819</v>
+      </c>
+      <c r="B182" t="s">
+        <v>111</v>
+      </c>
+      <c r="C182" t="s">
+        <v>10</v>
+      </c>
+      <c r="D182" t="s">
         <v>820</v>
       </c>
-      <c r="B182" t="s">
-[...5 lines deleted...]
-      <c r="D182" t="s">
+      <c r="E182" t="s">
         <v>821</v>
       </c>
-      <c r="E182" t="s">
+      <c r="F182" t="s">
         <v>822</v>
-      </c>
-[...1 lines deleted...]
-        <v>486</v>
       </c>
       <c r="G182" t="s">
         <v>823</v>
       </c>
-      <c r="H182"/>
+      <c r="H182" t="s">
+        <v>824</v>
+      </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="B183" t="s">
-        <v>111</v>
+        <v>74</v>
       </c>
       <c r="C183" t="s">
         <v>10</v>
       </c>
       <c r="D183" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="E183" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="F183" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="G183" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="H183" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="B184" t="s">
-        <v>74</v>
+        <v>832</v>
       </c>
       <c r="C184" t="s">
         <v>10</v>
       </c>
       <c r="D184" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="E184" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="F184" t="s">
-        <v>833</v>
-[...4 lines deleted...]
-      <c r="H184" t="s">
         <v>835</v>
       </c>
-    </row>
-[...20 lines deleted...]
-      <c r="H185"/>
+      <c r="G184"/>
+      <c r="H184"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>