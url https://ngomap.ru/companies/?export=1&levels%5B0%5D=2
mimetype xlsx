--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Организации" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Вид</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Веб-сайт</t>
   </si>
   <si>
     <t>E-mail</t>
   </si>
   <si>
     <t>Успешные практики</t>
   </si>
   <si>
     <t>Проекты</t>
   </si>
   <si>
@@ -480,65 +480,50 @@
     <t>http://www.ul-rif.ru</t>
   </si>
   <si>
     <t>ul-rif@yandex.ru</t>
   </si>
   <si>
     <t>Стрит-арт фестиваль «Контур», Факультет культурного волонтера, Ульяновский молодежный банк идей</t>
   </si>
   <si>
     <t>Автономная некоммерческая организация по развитию индивидуального творчества и креативных отраслей " Творческие проекты Кайкино"</t>
   </si>
   <si>
     <t>188423, Ленинградская область, Волосовский район, д. Кайкино, 10</t>
   </si>
   <si>
     <t>http://creaprok.com</t>
   </si>
   <si>
     <t>kaykino10@gmail.com</t>
   </si>
   <si>
     <t>Стажировка по социокультурному проектированию</t>
   </si>
   <si>
     <t>Практикум эффективного развития СОНКО Юго-Запада Ленинградской области, Культурный практикум-содействие развитию НКО, работающих в сфере сохранения культурного наследия через повышение компетенций и освоение IT технологий</t>
-  </si>
-[...13 lines deleted...]
-    <t>fondmelnik@mail.ru</t>
   </si>
   <si>
     <t>Благотворительный фонд "Дорога к дому"</t>
   </si>
   <si>
     <t>Вологодская область, город Череповец, улица Менделеева,3</t>
   </si>
   <si>
     <t>https://dorogakdomu.ru</t>
   </si>
   <si>
     <t>info@dorogakdomu.ru</t>
   </si>
   <si>
     <t>Межрегиональный ресурсно-методический центр «ГородОК»</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
@@ -869,51 +854,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:H31"/>
+  <dimension ref="A1:H30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H1" sqref="H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="221.660156" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="41.132813" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="162.674561" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="69.554443" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="30.563965" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="219.375" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="293.642578" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1558,89 +1543,67 @@
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
         <v>151</v>
       </c>
       <c r="E29" t="s">
         <v>152</v>
       </c>
       <c r="F29" t="s">
         <v>153</v>
       </c>
       <c r="G29" t="s">
         <v>154</v>
       </c>
       <c r="H29" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>156</v>
       </c>
       <c r="B30" t="s">
+        <v>116</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
         <v>157</v>
       </c>
-      <c r="C30" t="s">
-[...2 lines deleted...]
-      <c r="D30" t="s">
+      <c r="E30" t="s">
         <v>158</v>
       </c>
-      <c r="E30" t="s">
+      <c r="F30" t="s">
         <v>159</v>
       </c>
-      <c r="F30" t="s">
+      <c r="G30"/>
+      <c r="H30" t="s">
         <v>160</v>
-      </c>
-[...24 lines deleted...]
-        <v>165</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">