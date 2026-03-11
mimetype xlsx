--- v1 (2026-01-08)
+++ v2 (2026-03-11)
@@ -12,83 +12,95 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Организации" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="165">
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Вид</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Веб-сайт</t>
   </si>
   <si>
     <t>E-mail</t>
   </si>
   <si>
     <t>Успешные практики</t>
   </si>
   <si>
     <t>Проекты</t>
   </si>
   <si>
+    <t>Автономная некоммерческая организация по поддержке и развитию некоммерческого сектора «Академия НКО»</t>
+  </si>
+  <si>
+    <t>Ленинградская область</t>
+  </si>
+  <si>
+    <t>Универсальный ресурсный центр</t>
+  </si>
+  <si>
+    <t>Ленинградская обл., г. Кириши, ул. Декабристов Бестужевых 4Д</t>
+  </si>
+  <si>
+    <t>http://dobro.krsh.ru.tilda.ws</t>
+  </si>
+  <si>
+    <t>dobro_kirishi@mail.ru</t>
+  </si>
+  <si>
     <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ СОДЕЙСТВИЯ ГРАЖДАНСКИМ ИНИЦИАТИВАМ РЕСУРСНЫЙ ЦЕНТР "ФАКТОР"</t>
-  </si>
-[...4 lines deleted...]
-    <t>Универсальный ресурсный центр</t>
   </si>
   <si>
     <t>Ленинградская Область, Всеволожский Район, Всеволожск Город, Добровольского Проспект, дом 20, корп. 2, кв. 28</t>
   </si>
   <si>
     <t>http://anofactor.ru/</t>
   </si>
   <si>
     <t>anofactor@gmail.com</t>
   </si>
   <si>
     <t>Комплексная программа по поддержке некоммерческих организаций в 2024 году "НАСТАВНИКИ ЛЕНОБЛАСТИ 2.0"</t>
   </si>
   <si>
     <t>Общественная организация "Центр развития добровольчества "Мой город" г.о.г. Арзамас Нижегородской области</t>
   </si>
   <si>
     <t>Нижегородская область</t>
   </si>
   <si>
     <t>607233, Нижегородская область, г.Арзамас, ул. Жуковского, д.2</t>
   </si>
   <si>
     <t>crd_mycity@mail.ru</t>
   </si>
@@ -854,51 +866,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:H30"/>
+  <dimension ref="A1:H31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H1" sqref="H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="221.660156" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="41.132813" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="162.674561" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="69.554443" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="30.563965" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="219.375" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="293.642578" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -918,692 +930,714 @@
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2"/>
-      <c r="H2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H2"/>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
+        <v>14</v>
+      </c>
+      <c r="B3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
         <v>15</v>
       </c>
-      <c r="B3" t="s">
+      <c r="E3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="F3" t="s">
         <v>17</v>
       </c>
-      <c r="E3"/>
-      <c r="F3" t="s">
+      <c r="G3"/>
+      <c r="H3" t="s">
         <v>18</v>
       </c>
-      <c r="G3"/>
-      <c r="H3"/>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C4" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="D4" t="s">
         <v>21</v>
       </c>
-      <c r="E4" t="s">
+      <c r="E4"/>
+      <c r="F4" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="G4"/>
       <c r="H4"/>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B5" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" t="s">
         <v>24</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D5" t="s">
         <v>25</v>
       </c>
-      <c r="C5" t="s">
-[...2 lines deleted...]
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>26</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
         <v>27</v>
       </c>
-      <c r="F5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G5"/>
       <c r="H5"/>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" t="s">
+        <v>29</v>
+      </c>
+      <c r="C6" t="s">
+        <v>24</v>
+      </c>
+      <c r="D6" t="s">
         <v>30</v>
       </c>
-      <c r="B6" t="s">
+      <c r="E6" t="s">
         <v>31</v>
       </c>
-      <c r="C6" t="s">
-[...2 lines deleted...]
-      <c r="D6" t="s">
+      <c r="F6" t="s">
         <v>32</v>
       </c>
-      <c r="E6" t="s">
+      <c r="G6" t="s">
         <v>33</v>
       </c>
-      <c r="F6" t="s">
-[...5 lines deleted...]
-      </c>
+      <c r="H6"/>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>34</v>
+      </c>
+      <c r="B7" t="s">
+        <v>35</v>
+      </c>
+      <c r="C7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D7" t="s">
         <v>36</v>
       </c>
-      <c r="B7" t="s">
+      <c r="E7" t="s">
         <v>37</v>
       </c>
-      <c r="C7" t="s">
-[...2 lines deleted...]
-      <c r="D7" t="s">
+      <c r="F7" t="s">
         <v>38</v>
       </c>
-      <c r="E7"/>
-      <c r="F7" t="s">
+      <c r="G7"/>
+      <c r="H7" t="s">
         <v>39</v>
       </c>
-      <c r="G7"/>
-      <c r="H7"/>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>40</v>
       </c>
       <c r="B8" t="s">
         <v>41</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
         <v>42</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>43</v>
       </c>
       <c r="G8"/>
-      <c r="H8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H8"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>44</v>
+      </c>
+      <c r="B9" t="s">
         <v>45</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D9" t="s">
         <v>46</v>
       </c>
-      <c r="C9" t="s">
-[...2 lines deleted...]
-      <c r="D9" t="s">
+      <c r="E9"/>
+      <c r="F9" t="s">
         <v>47</v>
       </c>
-      <c r="E9" t="s">
+      <c r="G9"/>
+      <c r="H9" t="s">
         <v>48</v>
-      </c>
-[...7 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B10" t="s">
+        <v>50</v>
+      </c>
+      <c r="C10" t="s">
+        <v>10</v>
+      </c>
+      <c r="D10" t="s">
+        <v>51</v>
+      </c>
+      <c r="E10" t="s">
         <v>52</v>
       </c>
-      <c r="B10" t="s">
+      <c r="F10" t="s">
         <v>53</v>
       </c>
-      <c r="C10" t="s">
-[...2 lines deleted...]
-      <c r="D10" t="s">
+      <c r="G10" t="s">
         <v>54</v>
       </c>
-      <c r="E10"/>
-      <c r="F10" t="s">
+      <c r="H10" t="s">
         <v>55</v>
       </c>
-      <c r="G10" t="s">
-[...2 lines deleted...]
-      <c r="H10"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>56</v>
+      </c>
+      <c r="B11" t="s">
         <v>57</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
+        <v>10</v>
+      </c>
+      <c r="D11" t="s">
         <v>58</v>
       </c>
-      <c r="C11" t="s">
-[...2 lines deleted...]
-      <c r="D11" t="s">
+      <c r="E11"/>
+      <c r="F11" t="s">
         <v>59</v>
       </c>
-      <c r="E11" t="s">
+      <c r="G11" t="s">
         <v>60</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11"/>
       <c r="H11"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>61</v>
+      </c>
+      <c r="B12" t="s">
         <v>62</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D12" t="s">
         <v>63</v>
       </c>
-      <c r="C12" t="s">
-[...2 lines deleted...]
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>64</v>
       </c>
-      <c r="E12"/>
       <c r="F12" t="s">
         <v>65</v>
       </c>
       <c r="G12"/>
       <c r="H12"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>66</v>
       </c>
       <c r="B13" t="s">
         <v>67</v>
       </c>
       <c r="C13" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="D13" t="s">
         <v>68</v>
       </c>
-      <c r="E13" t="s">
+      <c r="E13"/>
+      <c r="F13" t="s">
         <v>69</v>
       </c>
-      <c r="F13" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G13"/>
+      <c r="H13"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>70</v>
+      </c>
+      <c r="B14" t="s">
+        <v>71</v>
+      </c>
+      <c r="C14" t="s">
+        <v>24</v>
+      </c>
+      <c r="D14" t="s">
+        <v>72</v>
+      </c>
+      <c r="E14" t="s">
         <v>73</v>
       </c>
-      <c r="B14" t="s">
+      <c r="F14" t="s">
         <v>74</v>
       </c>
-      <c r="C14" t="s">
-[...2 lines deleted...]
-      <c r="D14" t="s">
+      <c r="G14" t="s">
         <v>75</v>
       </c>
-      <c r="E14" t="s">
+      <c r="H14" t="s">
         <v>76</v>
-      </c>
-[...7 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>77</v>
+      </c>
+      <c r="B15" t="s">
+        <v>78</v>
+      </c>
+      <c r="C15" t="s">
+        <v>10</v>
+      </c>
+      <c r="D15" t="s">
+        <v>79</v>
+      </c>
+      <c r="E15" t="s">
         <v>80</v>
       </c>
-      <c r="B15" t="s">
+      <c r="F15" t="s">
         <v>81</v>
       </c>
-      <c r="C15" t="s">
-[...2 lines deleted...]
-      <c r="D15" t="s">
+      <c r="G15" t="s">
         <v>82</v>
       </c>
-      <c r="E15" t="s">
+      <c r="H15" t="s">
         <v>83</v>
       </c>
-      <c r="F15" t="s">
-[...3 lines deleted...]
-      <c r="H15"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
+        <v>84</v>
+      </c>
+      <c r="B16" t="s">
         <v>85</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
+        <v>10</v>
+      </c>
+      <c r="D16" t="s">
         <v>86</v>
       </c>
-      <c r="C16" t="s">
-[...2 lines deleted...]
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>87</v>
       </c>
-      <c r="E16" t="s">
+      <c r="F16" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="G16"/>
       <c r="H16"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
+        <v>89</v>
+      </c>
+      <c r="B17" t="s">
         <v>90</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
+        <v>10</v>
+      </c>
+      <c r="D17" t="s">
         <v>91</v>
       </c>
-      <c r="C17" t="s">
-[...2 lines deleted...]
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>92</v>
       </c>
-      <c r="E17" t="s">
+      <c r="F17" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="G17"/>
       <c r="H17"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
+        <v>94</v>
+      </c>
+      <c r="B18" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
         <v>96</v>
       </c>
       <c r="E18" t="s">
         <v>97</v>
       </c>
       <c r="F18" t="s">
         <v>98</v>
       </c>
       <c r="G18"/>
       <c r="H18"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>99</v>
       </c>
       <c r="B19" t="s">
+        <v>41</v>
+      </c>
+      <c r="C19" t="s">
+        <v>10</v>
+      </c>
+      <c r="D19" t="s">
         <v>100</v>
       </c>
-      <c r="C19" t="s">
-[...2 lines deleted...]
-      <c r="D19" t="s">
+      <c r="E19" t="s">
         <v>101</v>
       </c>
-      <c r="E19" t="s">
+      <c r="F19" t="s">
         <v>102</v>
       </c>
-      <c r="F19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G19"/>
-      <c r="H19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H19"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>103</v>
+      </c>
+      <c r="B20" t="s">
+        <v>104</v>
+      </c>
+      <c r="C20" t="s">
+        <v>10</v>
+      </c>
+      <c r="D20" t="s">
         <v>105</v>
       </c>
-      <c r="B20" t="s">
+      <c r="E20" t="s">
         <v>106</v>
       </c>
-      <c r="C20" t="s">
-[...2 lines deleted...]
-      <c r="D20" t="s">
+      <c r="F20" t="s">
         <v>107</v>
       </c>
-      <c r="E20" t="s">
+      <c r="G20"/>
+      <c r="H20" t="s">
         <v>108</v>
       </c>
-      <c r="F20" t="s">
-[...3 lines deleted...]
-      <c r="H20"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
+        <v>109</v>
+      </c>
+      <c r="B21" t="s">
         <v>110</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
+        <v>10</v>
+      </c>
+      <c r="D21" t="s">
         <v>111</v>
       </c>
-      <c r="C21" t="s">
-[...2 lines deleted...]
-      <c r="D21" t="s">
+      <c r="E21" t="s">
         <v>112</v>
       </c>
-      <c r="E21" t="s">
+      <c r="F21" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="G21"/>
       <c r="H21"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
+        <v>114</v>
+      </c>
+      <c r="B22" t="s">
         <v>115</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
+        <v>24</v>
+      </c>
+      <c r="D22" t="s">
         <v>116</v>
       </c>
-      <c r="C22" t="s">
-[...2 lines deleted...]
-      <c r="D22" t="s">
+      <c r="E22" t="s">
         <v>117</v>
       </c>
-      <c r="E22"/>
       <c r="F22" t="s">
         <v>118</v>
       </c>
       <c r="G22"/>
       <c r="H22"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>119</v>
       </c>
       <c r="B23" t="s">
         <v>120</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
         <v>121</v>
       </c>
-      <c r="E23" t="s">
+      <c r="E23"/>
+      <c r="F23" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="G23"/>
       <c r="H23"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
+        <v>123</v>
+      </c>
+      <c r="B24" t="s">
         <v>124</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
+        <v>10</v>
+      </c>
+      <c r="D24" t="s">
         <v>125</v>
       </c>
-      <c r="C24" t="s">
-[...2 lines deleted...]
-      <c r="D24" t="s">
+      <c r="E24" t="s">
         <v>126</v>
       </c>
-      <c r="E24" t="s">
+      <c r="F24" t="s">
         <v>127</v>
       </c>
-      <c r="F24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G24"/>
-      <c r="H24" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H24"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
+        <v>128</v>
+      </c>
+      <c r="B25" t="s">
+        <v>129</v>
+      </c>
+      <c r="C25" t="s">
+        <v>10</v>
+      </c>
+      <c r="D25" t="s">
         <v>130</v>
       </c>
-      <c r="B25" t="s">
-[...5 lines deleted...]
-      <c r="D25" t="s">
+      <c r="E25" t="s">
         <v>131</v>
       </c>
-      <c r="E25" t="s">
+      <c r="F25" t="s">
         <v>132</v>
       </c>
-      <c r="F25" t="s">
+      <c r="G25"/>
+      <c r="H25" t="s">
         <v>133</v>
       </c>
-      <c r="G25"/>
-      <c r="H25"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>134</v>
       </c>
       <c r="B26" t="s">
-        <v>86</v>
+        <v>67</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
         <v>135</v>
       </c>
       <c r="E26" t="s">
         <v>136</v>
       </c>
       <c r="F26" t="s">
         <v>137</v>
       </c>
-      <c r="G26" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G26"/>
+      <c r="H26"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
+        <v>138</v>
+      </c>
+      <c r="B27" t="s">
+        <v>90</v>
+      </c>
+      <c r="C27" t="s">
+        <v>10</v>
+      </c>
+      <c r="D27" t="s">
+        <v>139</v>
+      </c>
+      <c r="E27" t="s">
         <v>140</v>
       </c>
-      <c r="B27" t="s">
-[...2 lines deleted...]
-      <c r="C27" t="s">
+      <c r="F27" t="s">
         <v>141</v>
       </c>
-      <c r="D27" t="s">
+      <c r="G27" t="s">
         <v>142</v>
       </c>
-      <c r="E27" t="s">
+      <c r="H27" t="s">
         <v>143</v>
       </c>
-      <c r="F27" t="s">
-[...3 lines deleted...]
-      <c r="H27"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
+        <v>144</v>
+      </c>
+      <c r="B28" t="s">
+        <v>104</v>
+      </c>
+      <c r="C28" t="s">
         <v>145</v>
-      </c>
-[...4 lines deleted...]
-        <v>10</v>
       </c>
       <c r="D28" t="s">
         <v>146</v>
       </c>
       <c r="E28" t="s">
         <v>147</v>
       </c>
       <c r="F28" t="s">
         <v>148</v>
       </c>
-      <c r="G28" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G28"/>
       <c r="H28"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
+        <v>149</v>
+      </c>
+      <c r="B29" t="s">
+        <v>71</v>
+      </c>
+      <c r="C29" t="s">
+        <v>10</v>
+      </c>
+      <c r="D29" t="s">
         <v>150</v>
       </c>
-      <c r="B29" t="s">
-[...5 lines deleted...]
-      <c r="D29" t="s">
+      <c r="E29" t="s">
         <v>151</v>
       </c>
-      <c r="E29" t="s">
+      <c r="F29" t="s">
         <v>152</v>
       </c>
-      <c r="F29" t="s">
+      <c r="G29" t="s">
         <v>153</v>
       </c>
-      <c r="G29" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H29"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
+        <v>154</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>10</v>
+      </c>
+      <c r="D30" t="s">
+        <v>155</v>
+      </c>
+      <c r="E30" t="s">
         <v>156</v>
       </c>
-      <c r="B30" t="s">
-[...5 lines deleted...]
-      <c r="D30" t="s">
+      <c r="F30" t="s">
         <v>157</v>
       </c>
-      <c r="E30" t="s">
+      <c r="G30" t="s">
         <v>158</v>
       </c>
-      <c r="F30" t="s">
+      <c r="H30" t="s">
         <v>159</v>
       </c>
-      <c r="G30"/>
-      <c r="H30" t="s">
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
         <v>160</v>
+      </c>
+      <c r="B31" t="s">
+        <v>120</v>
+      </c>
+      <c r="C31" t="s">
+        <v>24</v>
+      </c>
+      <c r="D31" t="s">
+        <v>161</v>
+      </c>
+      <c r="E31" t="s">
+        <v>162</v>
+      </c>
+      <c r="F31" t="s">
+        <v>163</v>
+      </c>
+      <c r="G31"/>
+      <c r="H31" t="s">
+        <v>164</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">