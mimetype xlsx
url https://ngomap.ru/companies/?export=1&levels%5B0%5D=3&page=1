--- v0 (2025-11-02)
+++ v1 (2026-03-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Организации" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="213">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="242">
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Вид</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Веб-сайт</t>
   </si>
   <si>
     <t>E-mail</t>
   </si>
   <si>
     <t>Успешные практики</t>
   </si>
   <si>
     <t>Проекты</t>
   </si>
   <si>
@@ -140,50 +140,83 @@
   <si>
     <t>Нижегородская область</t>
   </si>
   <si>
     <t>Рождественская 24, оф 12</t>
   </si>
   <si>
     <t>https://sonko-nn.ru/</t>
   </si>
   <si>
     <t>info@sonko-nn.ru</t>
   </si>
   <si>
     <t>Проект "Третий сектор: бухгалтерия для НКО"</t>
   </si>
   <si>
     <t>Самара, ул.Физкультурная, д.90, оф.2.208</t>
   </si>
   <si>
     <t>http://3sec.ru</t>
   </si>
   <si>
     <t>info@3sec.ru</t>
   </si>
   <si>
+    <t>Автономная некоммерческая организация правовой и учебно-методической поддержки социальных инициатив «Правовой ресурсный центр «Третий сектор»</t>
+  </si>
+  <si>
+    <t>Свердловская область</t>
+  </si>
+  <si>
+    <t>Свердловская область, г. Екатеринбург, ул. Хохрякова, 104, офис 318</t>
+  </si>
+  <si>
+    <t>https://ural-nko.ru</t>
+  </si>
+  <si>
+    <t>ural-nko@mail.ru</t>
+  </si>
+  <si>
+    <t>Образовательный центр "Факультет НКО", Журнал "Руководитель НКО", Конкурс "Информационная открытость НКО"</t>
+  </si>
+  <si>
+    <t>ОРМД в УР "Креативный капитал"</t>
+  </si>
+  <si>
+    <t>Удмуртия</t>
+  </si>
+  <si>
+    <t>Ижевск, ул. Красногеройская 63б</t>
+  </si>
+  <si>
+    <t>https://kreativniy.com</t>
+  </si>
+  <si>
+    <t>kreativkapital@gmail.com</t>
+  </si>
+  <si>
     <t>Автономная некоммерческая организация Центр инноваций социальной сферы "Атлас некоммерческих организаций"</t>
   </si>
   <si>
     <t>Ростовская область</t>
   </si>
   <si>
     <t>Ростовская область, г. Ростов-на-Дону, Театральный проспект, 85, оф. 413/6 (коворкинг "Рубин")</t>
   </si>
   <si>
     <t>https://atlas-nko.ru/</t>
   </si>
   <si>
     <t>info@atlas-nko.ru</t>
   </si>
   <si>
     <t>Акселератор социальных проектов "СоцАксель", Благоконференция, Конкурс публичных годовых отчетов некоммерческих организаций Ростовской области</t>
   </si>
   <si>
     <t>Автономная некоммерческая организация «Центр развития филантропии «Сопричастность»</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Москва, ул. Новослободская, д. 62, корп. 19, пом. 294</t>
@@ -365,123 +398,177 @@
   <si>
     <t>Пермский край</t>
   </si>
   <si>
     <t>614990, г.Пермь, ул. Советская, 51а</t>
   </si>
   <si>
     <t>http://fmspk.org/</t>
   </si>
   <si>
     <t>consaltingperm@list.ru</t>
   </si>
   <si>
     <t>АНО Консультационный ресурсный центр для НКО и СП</t>
   </si>
   <si>
     <t>г. Норильск, улица Ленинградская 21</t>
   </si>
   <si>
     <t>https://krc.taplink.ws/</t>
   </si>
   <si>
     <t>krc.nor@gmail.com</t>
   </si>
   <si>
+    <t>Региональный Ресурсный центр Российского Союза Молодежи для СО НКО Свердловской области</t>
+  </si>
+  <si>
+    <t>г.Екатеринбург, ул. Малышева, д. 101, оф. 328</t>
+  </si>
+  <si>
+    <t>http://xn--80awbpbep.xn--p1ai/</t>
+  </si>
+  <si>
+    <t>rsm_ural@mail.ru</t>
+  </si>
+  <si>
+    <t>Клуб руководителей и бухгалтеров СО НКО, "Дни НКО в ОБщественной палате Свердловской области", Дни НКО: муниципальный этап</t>
+  </si>
+  <si>
     <t>Ресурсный центр поддержки некоммерческих организаций Воронежской области «Воронежский Дом НКО»</t>
   </si>
   <si>
     <t>Воронежская область</t>
   </si>
   <si>
     <t>394036 г. Воронеж, ул. 25 Октября, д.45, 6 этаж</t>
   </si>
   <si>
     <t>http://nkovrn.ru/</t>
   </si>
   <si>
     <t>rcnko@mail.ru</t>
   </si>
   <si>
     <t>Автономная Некоммерческая Организация (по предоставлению социально-правовых услуг) "Открытая Альтернатива"</t>
   </si>
   <si>
     <t>445000, Самарская область, г.о. Тольятти, ул.Индустриальная 4, Литер А-1</t>
   </si>
   <si>
     <t>http://xn--80aaaajqwllvfzevcde6mxa1d.xn--p1ai/</t>
   </si>
   <si>
     <t>dop_adres_oa@mail.ru</t>
   </si>
   <si>
+    <t>Автономная некоммерческая организация "Общественный центр социальных инициатив"</t>
+  </si>
+  <si>
+    <t>347810 Россия, Ростовская обл., г. Каменск-Шахтинский, пр. К. Маркса, д. 28, к. 9</t>
+  </si>
+  <si>
+    <t>https://anoocsi.ru/</t>
+  </si>
+  <si>
+    <t>anoocsi@yandex.ru</t>
+  </si>
+  <si>
+    <t>Поддержка социально ориентированных некоммерческих организаций (СО НКО) и развитие институтов гражданского общества</t>
+  </si>
+  <si>
+    <t>Точка роста НКО: Донбасс</t>
+  </si>
+  <si>
     <t>Центр развития НКО Ульяновской области</t>
   </si>
   <si>
     <t>Ульяновская область</t>
   </si>
   <si>
     <t>г. Ульяновск, ул. Радищева, д. 1, каб. 110</t>
   </si>
   <si>
     <t>https://opuo.ru/nko/</t>
   </si>
   <si>
     <t>opul-cp@yandex.ru</t>
   </si>
   <si>
     <t>Ульяновский Клуб лидеров НКО</t>
   </si>
   <si>
     <t>Саратовский региональный общественный фонд поддержки гражданских иницитив "Общество и право"</t>
   </si>
   <si>
     <t>Саратовская область</t>
   </si>
   <si>
     <t>410012, г Саратов, ул. им. Горького А.М., д 34, литер Е</t>
   </si>
   <si>
     <t>http://srofpgi.ru</t>
   </si>
   <si>
     <t>rtn-elena@mail.ru</t>
   </si>
   <si>
     <t>Межрегиональная благотворительная общественная организация "Центр социальных технологий "Гарант"</t>
   </si>
   <si>
     <t>163000, Архангельск, улица Попова, дом 18 (1 подъезд, 4 этаж)</t>
   </si>
   <si>
     <t>https://ngogarant.ru/</t>
   </si>
   <si>
     <t>garant@ngo-garant.ru</t>
   </si>
   <si>
     <t>Школа тренеров некоммерческого сектора, Школа для тренеров некоммерческого сектора: расширяем профессиональное сообщество, Сила вместе: ресурс для ресурсных центров</t>
+  </si>
+  <si>
+    <t>Фонд содействия развитию гражданских инициатив "Мельница"</t>
+  </si>
+  <si>
+    <t>Карелия</t>
+  </si>
+  <si>
+    <t>Республика Карелия пгт Пряжа ул. Петрозаводская, 16</t>
+  </si>
+  <si>
+    <t>http://fond-melnica.ru</t>
+  </si>
+  <si>
+    <t>fondmelnik@mail.ru</t>
+  </si>
+  <si>
+    <t>35 реальных практик по работе с сообществами: бери и делай!, Создание и развитие общественного пространства на селе, Радиус Доверия: от аналитики к системной поддержке, Село в наших руках, Методы исследований сообществ</t>
+  </si>
+  <si>
+    <t>Радиус доверия. Расширяем границы, Территориальный альянс, Скрепы сообществ Карелии</t>
   </si>
   <si>
     <t>Ассоциация "Юристы за гражданское общество"</t>
   </si>
   <si>
     <t>119019, г. Москва, Малый Знаменский переулок, д. 3/5, стр. 6 (вход через проходную по адресу: Большой Знаменский переулок, д. 2/7)</t>
   </si>
   <si>
     <t>http://lawcs.ru/</t>
   </si>
   <si>
     <t>info@lawcs.ru</t>
   </si>
   <si>
     <t>Правовая академия НКО, Правовой капитал знаний – основа эффективного целевого капитала</t>
   </si>
   <si>
     <t>Некоммерческая организация "Фонд поддержки гражданских инициатив"</t>
   </si>
   <si>
     <t>Вологодская область</t>
   </si>
   <si>
     <t>160035, г. Вологда, Советский пр., 35-а</t>
   </si>
@@ -1010,59 +1097,59 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:H41"/>
+  <dimension ref="A1:H46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H1" sqref="H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="142.679443" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="167.387695" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.135986" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="41.132813" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="154.390869" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="55.272217" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="32.991943" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="764.384766" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="456.459961" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
@@ -1200,825 +1287,947 @@
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
         <v>39</v>
       </c>
       <c r="E7" t="s">
         <v>40</v>
       </c>
       <c r="F7" t="s">
         <v>41</v>
       </c>
       <c r="G7"/>
       <c r="H7"/>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>42</v>
       </c>
       <c r="B8" t="s">
         <v>43</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="D8" t="s">
         <v>44</v>
       </c>
       <c r="E8" t="s">
         <v>45</v>
       </c>
       <c r="F8" t="s">
         <v>46</v>
       </c>
-      <c r="G8"/>
-      <c r="H8" t="s">
+      <c r="G8" t="s">
         <v>47</v>
       </c>
+      <c r="H8"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>48</v>
       </c>
       <c r="B9" t="s">
         <v>49</v>
       </c>
       <c r="C9" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>50</v>
       </c>
       <c r="E9" t="s">
         <v>51</v>
       </c>
       <c r="F9" t="s">
         <v>52</v>
       </c>
       <c r="G9"/>
       <c r="H9"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>53</v>
       </c>
       <c r="B10" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="C10" t="s">
-        <v>54</v>
+        <v>18</v>
       </c>
       <c r="D10" t="s">
         <v>55</v>
       </c>
       <c r="E10" t="s">
         <v>56</v>
       </c>
       <c r="F10" t="s">
         <v>57</v>
       </c>
       <c r="G10"/>
-      <c r="H10"/>
+      <c r="H10" t="s">
+        <v>58</v>
+      </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B11" t="s">
-        <v>49</v>
+        <v>60</v>
       </c>
       <c r="C11" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="E11" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="F11" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="G11"/>
       <c r="H11"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B12" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="C12" t="s">
-        <v>18</v>
+        <v>65</v>
       </c>
       <c r="D12" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="E12" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="F12" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="G12"/>
       <c r="H12"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B13" t="s">
-        <v>68</v>
+        <v>60</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E13" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F13" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G13"/>
-      <c r="H13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H13"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>73</v>
       </c>
       <c r="B14" t="s">
         <v>74</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
         <v>75</v>
       </c>
       <c r="E14" t="s">
         <v>76</v>
       </c>
       <c r="F14" t="s">
         <v>77</v>
       </c>
       <c r="G14"/>
       <c r="H14"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>78</v>
       </c>
       <c r="B15" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G15"/>
-      <c r="H15"/>
+      <c r="H15" t="s">
+        <v>83</v>
+      </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B16" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="C16" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="E16" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F16" t="s">
-        <v>86</v>
-[...4 lines deleted...]
-      <c r="H16" t="s">
         <v>88</v>
       </c>
+      <c r="G16"/>
+      <c r="H16"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>89</v>
       </c>
       <c r="B17" t="s">
+        <v>85</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
         <v>90</v>
       </c>
-      <c r="C17" t="s">
-[...2 lines deleted...]
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>91</v>
       </c>
-      <c r="E17" t="s">
+      <c r="F17" t="s">
         <v>92</v>
       </c>
-      <c r="F17" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G17"/>
       <c r="H17"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B18" t="s">
-        <v>49</v>
+        <v>94</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
+        <v>95</v>
+      </c>
+      <c r="E18" t="s">
         <v>96</v>
       </c>
-      <c r="E18" t="s">
+      <c r="F18" t="s">
         <v>97</v>
       </c>
-      <c r="F18" t="s">
+      <c r="G18" t="s">
         <v>98</v>
       </c>
-      <c r="G18"/>
-      <c r="H18"/>
+      <c r="H18" t="s">
+        <v>99</v>
+      </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B19" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C19" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E19" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F19" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="G19"/>
+        <v>104</v>
+      </c>
+      <c r="G19" t="s">
+        <v>105</v>
+      </c>
       <c r="H19"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B20" t="s">
-        <v>49</v>
+        <v>60</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="E20" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="F20" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="G20"/>
       <c r="H20"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B21" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C21" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="E21" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="F21" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="G21"/>
       <c r="H21"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B22" t="s">
-        <v>83</v>
+        <v>60</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="E22" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="F22" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="G22"/>
       <c r="H22"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B23" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="E23" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="F23" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="G23"/>
       <c r="H23"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B24" t="s">
-        <v>9</v>
+        <v>94</v>
       </c>
       <c r="C24" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="E24" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="F24" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="G24"/>
       <c r="H24"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B25" t="s">
-        <v>127</v>
+        <v>43</v>
       </c>
       <c r="C25" t="s">
         <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E25" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F25" t="s">
-        <v>130</v>
-[...1 lines deleted...]
-      <c r="G25" t="s">
         <v>131</v>
       </c>
-      <c r="H25"/>
+      <c r="G25"/>
+      <c r="H25" t="s">
+        <v>132</v>
+      </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B26" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C26" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E26" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F26" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="G26"/>
       <c r="H26"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B27" t="s">
-        <v>68</v>
+        <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>18</v>
       </c>
       <c r="D27" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E27" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="F27" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="G27"/>
-      <c r="H27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H27"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>142</v>
       </c>
       <c r="B28" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="C28" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="D28" t="s">
         <v>143</v>
       </c>
       <c r="E28" t="s">
         <v>144</v>
       </c>
       <c r="F28" t="s">
         <v>145</v>
       </c>
-      <c r="G28"/>
+      <c r="G28" t="s">
+        <v>146</v>
+      </c>
       <c r="H28" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B29" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E29" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="F29" t="s">
-        <v>151</v>
-[...1 lines deleted...]
-      <c r="G29"/>
+        <v>152</v>
+      </c>
+      <c r="G29" t="s">
+        <v>153</v>
+      </c>
       <c r="H29"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B30" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="E30" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="F30" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="G30"/>
-      <c r="H30" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H30"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B31" t="s">
-        <v>109</v>
+        <v>79</v>
       </c>
       <c r="C31" t="s">
-        <v>54</v>
+        <v>18</v>
       </c>
       <c r="D31" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E31" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="F31" t="s">
-        <v>112</v>
+        <v>162</v>
       </c>
       <c r="G31"/>
-      <c r="H31"/>
+      <c r="H31" t="s">
+        <v>163</v>
+      </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="B32" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="C32" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="D32" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="E32" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="F32" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="G32"/>
+        <v>168</v>
+      </c>
+      <c r="G32" t="s">
+        <v>169</v>
+      </c>
       <c r="H32" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="B33" t="s">
-        <v>49</v>
+        <v>60</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="E33" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="F33" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="G33"/>
-      <c r="H33"/>
+      <c r="H33" t="s">
+        <v>175</v>
+      </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="B34" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="C34" t="s">
         <v>18</v>
       </c>
       <c r="D34" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="E34" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="F34" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="G34"/>
       <c r="H34"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="B35" t="s">
-        <v>34</v>
+        <v>182</v>
       </c>
       <c r="C35" t="s">
         <v>18</v>
       </c>
       <c r="D35" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="E35" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="F35" t="s">
-        <v>179</v>
-[...3 lines deleted...]
-      </c>
+        <v>185</v>
+      </c>
+      <c r="G35"/>
       <c r="H35" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="B36" t="s">
-        <v>183</v>
+        <v>120</v>
       </c>
       <c r="C36" t="s">
-        <v>18</v>
+        <v>65</v>
       </c>
       <c r="D36" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="E36" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="F36" t="s">
-        <v>186</v>
+        <v>123</v>
       </c>
       <c r="G36"/>
       <c r="H36"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="B37" t="s">
-        <v>109</v>
+        <v>191</v>
       </c>
       <c r="C37" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E37" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="F37" t="s">
-        <v>190</v>
-[...4 lines deleted...]
-      <c r="H37"/>
+        <v>194</v>
+      </c>
+      <c r="G37"/>
+      <c r="H37" t="s">
+        <v>195</v>
+      </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="B38" t="s">
-        <v>74</v>
+        <v>60</v>
       </c>
       <c r="C38" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>75</v>
+        <v>197</v>
       </c>
       <c r="E38" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="F38" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="G38"/>
-      <c r="H38" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H38"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="B39" t="s">
-        <v>162</v>
+        <v>201</v>
       </c>
       <c r="C39" t="s">
         <v>18</v>
       </c>
       <c r="D39" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="E39" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="F39" t="s">
-        <v>199</v>
-[...6 lines deleted...]
-      </c>
+        <v>204</v>
+      </c>
+      <c r="G39"/>
+      <c r="H39"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="B40" t="s">
-        <v>83</v>
+        <v>34</v>
       </c>
       <c r="C40" t="s">
         <v>18</v>
       </c>
       <c r="D40" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="E40" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="F40" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="G40" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="H40" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="B41" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C41" t="s">
         <v>18</v>
       </c>
       <c r="D41" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="E41" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="F41" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="G41"/>
       <c r="H41"/>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>216</v>
+      </c>
+      <c r="B42" t="s">
+        <v>120</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>217</v>
+      </c>
+      <c r="E42" t="s">
+        <v>218</v>
+      </c>
+      <c r="F42" t="s">
+        <v>219</v>
+      </c>
+      <c r="G42" t="s">
+        <v>220</v>
+      </c>
+      <c r="H42"/>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>221</v>
+      </c>
+      <c r="B43" t="s">
+        <v>85</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
+        <v>86</v>
+      </c>
+      <c r="E43" t="s">
+        <v>222</v>
+      </c>
+      <c r="F43" t="s">
+        <v>223</v>
+      </c>
+      <c r="G43"/>
+      <c r="H43" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>225</v>
+      </c>
+      <c r="B44" t="s">
+        <v>191</v>
+      </c>
+      <c r="C44" t="s">
+        <v>18</v>
+      </c>
+      <c r="D44" t="s">
+        <v>226</v>
+      </c>
+      <c r="E44" t="s">
+        <v>227</v>
+      </c>
+      <c r="F44" t="s">
+        <v>228</v>
+      </c>
+      <c r="G44" t="s">
+        <v>229</v>
+      </c>
+      <c r="H44" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>231</v>
+      </c>
+      <c r="B45" t="s">
+        <v>94</v>
+      </c>
+      <c r="C45" t="s">
+        <v>18</v>
+      </c>
+      <c r="D45" t="s">
+        <v>232</v>
+      </c>
+      <c r="E45" t="s">
+        <v>233</v>
+      </c>
+      <c r="F45" t="s">
+        <v>234</v>
+      </c>
+      <c r="G45" t="s">
+        <v>235</v>
+      </c>
+      <c r="H45" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>237</v>
+      </c>
+      <c r="B46" t="s">
+        <v>238</v>
+      </c>
+      <c r="C46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" t="s">
+        <v>239</v>
+      </c>
+      <c r="E46" t="s">
+        <v>240</v>
+      </c>
+      <c r="F46" t="s">
+        <v>241</v>
+      </c>
+      <c r="G46"/>
+      <c r="H46"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>