--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Организации" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1185">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1180">
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Вид</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Веб-сайт</t>
   </si>
   <si>
     <t>E-mail</t>
   </si>
   <si>
     <t>Успешные практики</t>
   </si>
   <si>
     <t>Проекты</t>
   </si>
   <si>
@@ -3174,65 +3174,50 @@
     <t>Областная общественная организация "Нижегородская служба добровольцев"</t>
   </si>
   <si>
     <t>г. Нижний Новгород, ул. Пискунова, дом 27, 3 этаж</t>
   </si>
   <si>
     <t>http://nnvs.ru/</t>
   </si>
   <si>
     <t>nnvs.rc@gmail.com</t>
   </si>
   <si>
     <t>Фонд "Ресурсный центр поддержки социально ориентированных организаций, проектов и программ"</t>
   </si>
   <si>
     <t>solovjeva.natalja@gmail.com</t>
   </si>
   <si>
     <t>Благотворительный фонд поддержки и развития местных сообществ Голышмановского района "НАШЕ ВРЕМЯ"</t>
   </si>
   <si>
     <t>627300, Тюменская обл, рабочий поселок Голышманово, район Голышмановский, улица Ленина, дом 52</t>
   </si>
   <si>
     <t>badrizlova.o@yandex.ru</t>
-  </si>
-[...13 lines deleted...]
-    <t>fondmelnik@mail.ru</t>
   </si>
   <si>
     <t>Ассоциация "Юристы за гражданское общество"</t>
   </si>
   <si>
     <t>119019, г. Москва, Малый Знаменский переулок, д. 3/5, стр. 6 (вход через проходную по адресу: Большой Знаменский переулок, д. 2/7)</t>
   </si>
   <si>
     <t>http://lawcs.ru/</t>
   </si>
   <si>
     <t>info@lawcs.ru</t>
   </si>
   <si>
     <t>Правовая академия НКО, Правовой капитал знаний – основа эффективного целевого капитала</t>
   </si>
   <si>
     <t>Некоммерческий фонд "Общественный фонд Обнинска"</t>
   </si>
   <si>
     <t>249035, Калужская область, г. Обнинск, пр. Ленина, 131, оф. 305</t>
   </si>
   <si>
     <t>http://www.ofo.obninsk.ru</t>
   </si>
@@ -3926,51 +3911,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:H274"/>
+  <dimension ref="A1:H273"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H1" sqref="H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="229.943848" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.135986" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="41.132813" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="162.674561" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="175.671387" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="36.419678" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="764.384766" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="456.459961" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -9349,726 +9334,704 @@
     <row r="244" spans="1:8">
       <c r="A244" t="s">
         <v>1051</v>
       </c>
       <c r="B244" t="s">
         <v>604</v>
       </c>
       <c r="C244" t="s">
         <v>45</v>
       </c>
       <c r="D244" t="s">
         <v>1052</v>
       </c>
       <c r="E244"/>
       <c r="F244" t="s">
         <v>1053</v>
       </c>
       <c r="G244"/>
       <c r="H244"/>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>1054</v>
       </c>
       <c r="B245" t="s">
+        <v>403</v>
+      </c>
+      <c r="C245" t="s">
+        <v>45</v>
+      </c>
+      <c r="D245" t="s">
         <v>1055</v>
       </c>
-      <c r="C245" t="s">
-[...2 lines deleted...]
-      <c r="D245" t="s">
+      <c r="E245" t="s">
         <v>1056</v>
       </c>
-      <c r="E245" t="s">
+      <c r="F245" t="s">
         <v>1057</v>
       </c>
-      <c r="F245" t="s">
+      <c r="G245"/>
+      <c r="H245" t="s">
         <v>1058</v>
       </c>
-      <c r="G245"/>
-      <c r="H245"/>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>1059</v>
       </c>
       <c r="B246" t="s">
-        <v>403</v>
+        <v>330</v>
       </c>
       <c r="C246" t="s">
         <v>45</v>
       </c>
       <c r="D246" t="s">
         <v>1060</v>
       </c>
       <c r="E246" t="s">
         <v>1061</v>
       </c>
       <c r="F246" t="s">
         <v>1062</v>
       </c>
       <c r="G246"/>
-      <c r="H246" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H246"/>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>1064</v>
+        <v>1063</v>
       </c>
       <c r="B247" t="s">
-        <v>330</v>
+        <v>403</v>
       </c>
       <c r="C247" t="s">
         <v>45</v>
       </c>
       <c r="D247" t="s">
+        <v>1064</v>
+      </c>
+      <c r="E247" t="s">
         <v>1065</v>
       </c>
-      <c r="E247" t="s">
+      <c r="F247" t="s">
         <v>1066</v>
-      </c>
-[...1 lines deleted...]
-        <v>1067</v>
       </c>
       <c r="G247"/>
       <c r="H247"/>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
+        <v>1067</v>
+      </c>
+      <c r="B248" t="s">
+        <v>821</v>
+      </c>
+      <c r="C248" t="s">
+        <v>10</v>
+      </c>
+      <c r="D248" t="s">
         <v>1068</v>
       </c>
-      <c r="B248" t="s">
-[...5 lines deleted...]
-      <c r="D248" t="s">
+      <c r="E248" t="s">
         <v>1069</v>
       </c>
-      <c r="E248" t="s">
+      <c r="F248" t="s">
         <v>1070</v>
-      </c>
-[...1 lines deleted...]
-        <v>1071</v>
       </c>
       <c r="G248"/>
       <c r="H248"/>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
+        <v>1071</v>
+      </c>
+      <c r="B249" t="s">
+        <v>991</v>
+      </c>
+      <c r="C249" t="s">
+        <v>45</v>
+      </c>
+      <c r="D249" t="s">
         <v>1072</v>
       </c>
-      <c r="B249" t="s">
-[...5 lines deleted...]
-      <c r="D249" t="s">
+      <c r="E249" t="s">
         <v>1073</v>
       </c>
-      <c r="E249" t="s">
+      <c r="F249" t="s">
         <v>1074</v>
-      </c>
-[...1 lines deleted...]
-        <v>1075</v>
       </c>
       <c r="G249"/>
       <c r="H249"/>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B250" t="s">
         <v>1076</v>
       </c>
-      <c r="B250" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C250" t="s">
-        <v>45</v>
+        <v>10</v>
       </c>
       <c r="D250" t="s">
         <v>1077</v>
       </c>
       <c r="E250" t="s">
         <v>1078</v>
       </c>
       <c r="F250" t="s">
         <v>1079</v>
       </c>
       <c r="G250"/>
-      <c r="H250"/>
+      <c r="H250" t="s">
+        <v>1080</v>
+      </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="B251" t="s">
-        <v>1081</v>
+        <v>139</v>
       </c>
       <c r="C251" t="s">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="D251" t="s">
         <v>1082</v>
       </c>
-      <c r="E251" t="s">
+      <c r="E251"/>
+      <c r="F251" t="s">
         <v>1083</v>
       </c>
-      <c r="F251" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G251"/>
-      <c r="H251" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H251"/>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>1086</v>
+        <v>1084</v>
       </c>
       <c r="B252" t="s">
-        <v>139</v>
+        <v>403</v>
       </c>
       <c r="C252" t="s">
         <v>45</v>
       </c>
       <c r="D252" t="s">
+        <v>1085</v>
+      </c>
+      <c r="E252" t="s">
+        <v>1086</v>
+      </c>
+      <c r="F252" t="s">
         <v>1087</v>
-      </c>
-[...2 lines deleted...]
-        <v>1088</v>
       </c>
       <c r="G252"/>
       <c r="H252"/>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
+        <v>1088</v>
+      </c>
+      <c r="B253" t="s">
+        <v>455</v>
+      </c>
+      <c r="C253" t="s">
+        <v>30</v>
+      </c>
+      <c r="D253" t="s">
         <v>1089</v>
       </c>
-      <c r="B253" t="s">
-[...5 lines deleted...]
-      <c r="D253" t="s">
+      <c r="E253" t="s">
         <v>1090</v>
       </c>
-      <c r="E253" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F253" t="s">
-        <v>1092</v>
+        <v>894</v>
       </c>
       <c r="G253"/>
       <c r="H253"/>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
+        <v>1091</v>
+      </c>
+      <c r="B254" t="s">
+        <v>212</v>
+      </c>
+      <c r="C254" t="s">
+        <v>10</v>
+      </c>
+      <c r="D254" t="s">
+        <v>1092</v>
+      </c>
+      <c r="E254" t="s">
         <v>1093</v>
       </c>
-      <c r="B254" t="s">
-[...5 lines deleted...]
-      <c r="D254" t="s">
+      <c r="F254" t="s">
         <v>1094</v>
-      </c>
-[...4 lines deleted...]
-        <v>894</v>
       </c>
       <c r="G254"/>
       <c r="H254"/>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B255" t="s">
+        <v>403</v>
+      </c>
+      <c r="C255" t="s">
+        <v>30</v>
+      </c>
+      <c r="D255" t="s">
         <v>1096</v>
       </c>
-      <c r="B255" t="s">
-[...5 lines deleted...]
-      <c r="D255" t="s">
+      <c r="E255" t="s">
         <v>1097</v>
       </c>
-      <c r="E255" t="s">
+      <c r="F255" t="s">
         <v>1098</v>
-      </c>
-[...1 lines deleted...]
-        <v>1099</v>
       </c>
       <c r="G255"/>
       <c r="H255"/>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>1100</v>
+        <v>1099</v>
       </c>
       <c r="B256" t="s">
         <v>403</v>
       </c>
       <c r="C256" t="s">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="D256" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E256" t="s">
         <v>1101</v>
       </c>
-      <c r="E256" t="s">
+      <c r="F256" t="s">
         <v>1102</v>
-      </c>
-[...1 lines deleted...]
-        <v>1103</v>
       </c>
       <c r="G256"/>
       <c r="H256"/>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>1104</v>
+        <v>1103</v>
       </c>
       <c r="B257" t="s">
-        <v>403</v>
+        <v>44</v>
       </c>
       <c r="C257" t="s">
         <v>45</v>
       </c>
       <c r="D257" t="s">
+        <v>1104</v>
+      </c>
+      <c r="E257" t="s">
         <v>1105</v>
       </c>
-      <c r="E257" t="s">
+      <c r="F257" t="s">
         <v>1106</v>
-      </c>
-[...1 lines deleted...]
-        <v>1107</v>
       </c>
       <c r="G257"/>
       <c r="H257"/>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
+        <v>1107</v>
+      </c>
+      <c r="B258" t="s">
+        <v>208</v>
+      </c>
+      <c r="C258" t="s">
+        <v>10</v>
+      </c>
+      <c r="D258" t="s">
         <v>1108</v>
       </c>
-      <c r="B258" t="s">
-[...5 lines deleted...]
-      <c r="D258" t="s">
+      <c r="E258" t="s">
         <v>1109</v>
       </c>
-      <c r="E258" t="s">
+      <c r="F258" t="s">
         <v>1110</v>
-      </c>
-[...1 lines deleted...]
-        <v>1111</v>
       </c>
       <c r="G258"/>
       <c r="H258"/>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B259" t="s">
+        <v>821</v>
+      </c>
+      <c r="C259" t="s">
+        <v>30</v>
+      </c>
+      <c r="D259" t="s">
         <v>1112</v>
       </c>
-      <c r="B259" t="s">
-[...5 lines deleted...]
-      <c r="D259" t="s">
+      <c r="E259" t="s">
         <v>1113</v>
       </c>
-      <c r="E259" t="s">
+      <c r="F259" t="s">
         <v>1114</v>
       </c>
-      <c r="F259" t="s">
+      <c r="G259"/>
+      <c r="H259" t="s">
         <v>1115</v>
       </c>
-      <c r="G259"/>
-      <c r="H259"/>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
         <v>1116</v>
       </c>
       <c r="B260" t="s">
-        <v>821</v>
+        <v>191</v>
       </c>
       <c r="C260" t="s">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="D260" t="s">
         <v>1117</v>
       </c>
       <c r="E260" t="s">
         <v>1118</v>
       </c>
       <c r="F260" t="s">
         <v>1119</v>
       </c>
       <c r="G260"/>
       <c r="H260" t="s">
         <v>1120</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
         <v>1121</v>
       </c>
       <c r="B261" t="s">
-        <v>191</v>
+        <v>403</v>
       </c>
       <c r="C261" t="s">
         <v>45</v>
       </c>
       <c r="D261" t="s">
         <v>1122</v>
       </c>
       <c r="E261" t="s">
         <v>1123</v>
       </c>
       <c r="F261" t="s">
         <v>1124</v>
       </c>
       <c r="G261"/>
-      <c r="H261" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H261"/>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>1126</v>
+        <v>1125</v>
       </c>
       <c r="B262" t="s">
-        <v>403</v>
+        <v>107</v>
       </c>
       <c r="C262" t="s">
         <v>45</v>
       </c>
       <c r="D262" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E262"/>
+      <c r="F262" t="s">
         <v>1127</v>
-      </c>
-[...4 lines deleted...]
-        <v>1129</v>
       </c>
       <c r="G262"/>
       <c r="H262"/>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>1130</v>
+        <v>1128</v>
       </c>
       <c r="B263" t="s">
-        <v>107</v>
+        <v>24</v>
       </c>
       <c r="C263" t="s">
         <v>45</v>
       </c>
       <c r="D263" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E263" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F263" t="s">
         <v>1131</v>
-      </c>
-[...2 lines deleted...]
-        <v>1132</v>
       </c>
       <c r="G263"/>
       <c r="H263"/>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B264" t="s">
+        <v>936</v>
+      </c>
+      <c r="C264" t="s">
+        <v>10</v>
+      </c>
+      <c r="D264" t="s">
         <v>1133</v>
       </c>
-      <c r="B264" t="s">
-[...5 lines deleted...]
-      <c r="D264" t="s">
+      <c r="E264" t="s">
         <v>1134</v>
       </c>
-      <c r="E264" t="s">
+      <c r="F264" t="s">
         <v>1135</v>
-      </c>
-[...1 lines deleted...]
-        <v>1136</v>
       </c>
       <c r="G264"/>
       <c r="H264"/>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B265" t="s">
+        <v>79</v>
+      </c>
+      <c r="C265" t="s">
+        <v>10</v>
+      </c>
+      <c r="D265" t="s">
         <v>1137</v>
       </c>
-      <c r="B265" t="s">
-[...5 lines deleted...]
-      <c r="D265" t="s">
+      <c r="E265" t="s">
         <v>1138</v>
       </c>
-      <c r="E265" t="s">
+      <c r="F265" t="s">
         <v>1139</v>
       </c>
-      <c r="F265" t="s">
+      <c r="G265" t="s">
         <v>1140</v>
       </c>
-      <c r="G265"/>
-      <c r="H265"/>
+      <c r="H265" t="s">
+        <v>1141</v>
+      </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="B266" t="s">
-        <v>79</v>
+        <v>604</v>
       </c>
       <c r="C266" t="s">
         <v>10</v>
       </c>
       <c r="D266" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="E266" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="F266" t="s">
-        <v>1144</v>
-[...1 lines deleted...]
-      <c r="G266" t="s">
         <v>1145</v>
       </c>
-      <c r="H266" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G266"/>
+      <c r="H266"/>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B267" t="s">
+        <v>403</v>
+      </c>
+      <c r="C267" t="s">
+        <v>45</v>
+      </c>
+      <c r="D267" t="s">
         <v>1147</v>
       </c>
-      <c r="B267" t="s">
-[...5 lines deleted...]
-      <c r="D267" t="s">
+      <c r="E267" t="s">
         <v>1148</v>
       </c>
-      <c r="E267" t="s">
+      <c r="F267" t="s">
         <v>1149</v>
-      </c>
-[...1 lines deleted...]
-        <v>1150</v>
       </c>
       <c r="G267"/>
       <c r="H267"/>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
+        <v>1150</v>
+      </c>
+      <c r="B268" t="s">
+        <v>455</v>
+      </c>
+      <c r="C268" t="s">
+        <v>10</v>
+      </c>
+      <c r="D268" t="s">
         <v>1151</v>
       </c>
-      <c r="B268" t="s">
-[...5 lines deleted...]
-      <c r="D268" t="s">
+      <c r="E268" t="s">
         <v>1152</v>
       </c>
-      <c r="E268" t="s">
+      <c r="F268" t="s">
         <v>1153</v>
       </c>
-      <c r="F268" t="s">
+      <c r="G268" t="s">
         <v>1154</v>
       </c>
-      <c r="G268"/>
       <c r="H268"/>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
         <v>1155</v>
       </c>
       <c r="B269" t="s">
-        <v>455</v>
+        <v>24</v>
       </c>
       <c r="C269" t="s">
         <v>10</v>
       </c>
       <c r="D269" t="s">
+        <v>672</v>
+      </c>
+      <c r="E269" t="s">
         <v>1156</v>
       </c>
-      <c r="E269" t="s">
+      <c r="F269" t="s">
         <v>1157</v>
       </c>
-      <c r="F269" t="s">
+      <c r="G269"/>
+      <c r="H269" t="s">
         <v>1158</v>
       </c>
-      <c r="G269" t="s">
-[...2 lines deleted...]
-      <c r="H269"/>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B270" t="s">
+        <v>270</v>
+      </c>
+      <c r="C270" t="s">
+        <v>45</v>
+      </c>
+      <c r="D270" t="s">
         <v>1160</v>
-      </c>
-[...7 lines deleted...]
-        <v>672</v>
       </c>
       <c r="E270" t="s">
         <v>1161</v>
       </c>
       <c r="F270" t="s">
+        <v>670</v>
+      </c>
+      <c r="G270" t="s">
         <v>1162</v>
       </c>
-      <c r="G270"/>
-[...2 lines deleted...]
-      </c>
+      <c r="H270"/>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
+        <v>1163</v>
+      </c>
+      <c r="B271" t="s">
+        <v>191</v>
+      </c>
+      <c r="C271" t="s">
+        <v>10</v>
+      </c>
+      <c r="D271" t="s">
         <v>1164</v>
       </c>
-      <c r="B271" t="s">
-[...5 lines deleted...]
-      <c r="D271" t="s">
+      <c r="E271" t="s">
         <v>1165</v>
       </c>
-      <c r="E271" t="s">
+      <c r="F271" t="s">
         <v>1166</v>
-      </c>
-[...1 lines deleted...]
-        <v>670</v>
       </c>
       <c r="G271" t="s">
         <v>1167</v>
       </c>
-      <c r="H271"/>
+      <c r="H271" t="s">
+        <v>1168</v>
+      </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="B272" t="s">
-        <v>191</v>
+        <v>92</v>
       </c>
       <c r="C272" t="s">
         <v>10</v>
       </c>
       <c r="D272" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="E272" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="F272" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="G272" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="H272" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="B273" t="s">
-        <v>92</v>
+        <v>1176</v>
       </c>
       <c r="C273" t="s">
         <v>10</v>
       </c>
       <c r="D273" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="E273" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="F273" t="s">
-        <v>1177</v>
-[...4 lines deleted...]
-      <c r="H273" t="s">
         <v>1179</v>
       </c>
-    </row>
-[...20 lines deleted...]
-      <c r="H274"/>
+      <c r="G273"/>
+      <c r="H273"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>