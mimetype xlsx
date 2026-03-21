--- v0 (2025-10-20)
+++ v1 (2026-03-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Организации" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Вид</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Веб-сайт</t>
   </si>
   <si>
     <t>E-mail</t>
   </si>
   <si>
     <t>Успешные практики</t>
   </si>
   <si>
     <t>Проекты</t>
   </si>
   <si>
@@ -90,50 +90,68 @@
     <t>https://rrosrz.ru/</t>
   </si>
   <si>
     <t>srz-rostov@mail.ru</t>
   </si>
   <si>
     <t>Международное сотрудничество, Социальная защита населения в сфере жилищно-коммунального хозяйства, Развитие гражданской активности органов территориального общественного самоуправления</t>
   </si>
   <si>
     <t>Развитие общественных инициатив на юге Ростовской области</t>
   </si>
   <si>
     <t>Автономная некоммерческая организация Центр инноваций социальной сферы "Атлас некоммерческих организаций"</t>
   </si>
   <si>
     <t>Ростовская область, г. Ростов-на-Дону, Театральный проспект, 85, оф. 413/6 (коворкинг "Рубин")</t>
   </si>
   <si>
     <t>https://atlas-nko.ru/</t>
   </si>
   <si>
     <t>info@atlas-nko.ru</t>
   </si>
   <si>
     <t>Акселератор социальных проектов "СоцАксель", Благоконференция, Конкурс публичных годовых отчетов некоммерческих организаций Ростовской области</t>
+  </si>
+  <si>
+    <t>Автономная некоммерческая организация "Общественный центр социальных инициатив"</t>
+  </si>
+  <si>
+    <t>347810 Россия, Ростовская обл., г. Каменск-Шахтинский, пр. К. Маркса, д. 28, к. 9</t>
+  </si>
+  <si>
+    <t>https://anoocsi.ru/</t>
+  </si>
+  <si>
+    <t>anoocsi@yandex.ru</t>
+  </si>
+  <si>
+    <t>Поддержка социально ориентированных некоммерческих организаций (СО НКО) и развитие институтов гражданского общества</t>
+  </si>
+  <si>
+    <t>Точка роста НКО: Донбасс</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -449,51 +467,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H1" sqref="H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="183.955078" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="41.132813" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="111.972656" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="218.0896" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="168.530273" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -563,50 +581,76 @@
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4" t="s">
         <v>22</v>
       </c>
       <c r="E4" t="s">
         <v>23</v>
       </c>
       <c r="F4" t="s">
         <v>24</v>
       </c>
       <c r="G4"/>
       <c r="H4" t="s">
         <v>25</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" t="s">
+        <v>29</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">