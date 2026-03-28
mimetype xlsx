--- v0 (2025-10-27)
+++ v1 (2026-03-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Организации" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Вид</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Веб-сайт</t>
   </si>
   <si>
     <t>E-mail</t>
   </si>
   <si>
     <t>Успешные практики</t>
   </si>
   <si>
     <t>Проекты</t>
   </si>
   <si>
@@ -182,81 +182,93 @@
   <si>
     <t>Муниципальное бюджетное учреждение культуры "Устьяны"</t>
   </si>
   <si>
     <t>Архангельская область, Устьянский район, п. Октябрьский, ул. Ленина, дом 21</t>
   </si>
   <si>
     <t>https://www.ustyany.com</t>
   </si>
   <si>
     <t>ustyany29@mail.ru</t>
   </si>
   <si>
     <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "РЕСУРСНЫЙ ЦЕНТР ПОДДЕРЖКИ ОБЩЕСТВЕННЫХ ИНИЦИАТИВ И РАЗВИТИЯ МАЛЫХ ТЕРРИТОРИЙ "ОТКРЫТЫЙ СТАРТ"</t>
   </si>
   <si>
     <t>Архангельская область, Котласский района, п. Шипицыно, ул. Северная, д. 100</t>
   </si>
   <si>
     <t>rcopenstart@libkr.ru</t>
   </si>
   <si>
     <t>Маршрут построен, Творческая лаборатория активных людей "В чем СОЛЬ?" направленная на разработку большой стратегии развития малых сельских территорий Котласского района в области благоустройства и повышения качества жизни на селе</t>
   </si>
   <si>
+    <t>Центр развития социальных проектов Вельского района "ТРоПА"</t>
+  </si>
+  <si>
+    <t>Специализированный ресурсный центр</t>
+  </si>
+  <si>
+    <t>165115 Архангельская обл., Вельский район, д. Горка Муравьевская, ул. Дорожная, д. 2-б.</t>
+  </si>
+  <si>
+    <t>nick.kudrin2012@yandex.ru</t>
+  </si>
+  <si>
+    <t>"Краш-Вояж", ДомА..., "Незнайка - фест" 1,2.</t>
+  </si>
+  <si>
     <t>Автономной некоммерческой организации Общественный ресурсный центр социального развития гражданских и общественных инициатив «Плесцы»</t>
   </si>
   <si>
     <t>Архангельская область, п.Плесецк, ул.Чапыгина д.27 , индекс 164262</t>
   </si>
   <si>
     <t>http://nko.plescy2020.tilda.ws</t>
   </si>
   <si>
     <t>petruninad@list.ru</t>
   </si>
   <si>
     <t>Благотворительный Фонд развития сообщества "Гарант"</t>
   </si>
   <si>
     <t>Архангельск, улица Попова, дом 18, офис 7 (левый подъезд, 4 этаж)</t>
   </si>
   <si>
     <t>http://fondgarant.ru/</t>
   </si>
   <si>
     <t>kalinina@ngo-garant.ru</t>
   </si>
   <si>
     <t>Успешные практики в жизнь: повышение потенциала инфраструктурных организаций для НКО, От практики к устойчивому развитию: повышение потенциала ресурсных центров для НКО, От разовой помощи к системному сотрудничеству: развитие потенциала НКО в привлечении местных ресурсов и выстраивании партнеров для решения социальных задач., Школа грантмейкинга: современные вызовы и перспективы</t>
   </si>
   <si>
     <t>Архангельская региональная общественная благотворительная организация "Общество помощи детям "Семицвет"</t>
-  </si>
-[...1 lines deleted...]
-    <t>Специализированный ресурсный центр</t>
   </si>
   <si>
     <t>Луговая д. 3, Вельский р-н, Архангельская область</t>
   </si>
   <si>
     <t>nata_glazacheva@mail.ru</t>
   </si>
   <si>
     <t>Ассоциация «Клуб друзей Кенозерского национального парка»</t>
   </si>
   <si>
     <t>163000, г. Архангельск, наб. Северной Двины, д.78</t>
   </si>
   <si>
     <t>http://www.kenozero.ru/mestnym-zhitelyam/mestnym-zhitelyam/klub-druzey-kenozerskogo-natsionalnogo-parka/klb-druzey-kenozerskogo-natsionalnogo-parka/</t>
   </si>
   <si>
     <t>elena_arh@inbox.ru</t>
   </si>
   <si>
     <t>Межрегиональная благотворительная общественная организация "Центр социальных технологий "Гарант"</t>
   </si>
   <si>
     <t>163000, Архангельск, улица Попова, дом 18 (1 подъезд, 4 этаж)</t>
   </si>
@@ -614,65 +626,65 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:H20"/>
+  <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H1" sqref="H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="196.951904" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="41.132813" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="128.540039" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="175.671387" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="28.135986" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="22.851563" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="30.563965" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="52.987061" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="450.604248" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
@@ -938,173 +950,195 @@
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>17</v>
       </c>
       <c r="D14" t="s">
         <v>53</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>54</v>
       </c>
       <c r="G14"/>
       <c r="H14" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>56</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="D15" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="E15" t="s">
         <v>58</v>
       </c>
+      <c r="E15"/>
       <c r="F15" t="s">
         <v>59</v>
       </c>
-      <c r="G15"/>
+      <c r="G15" t="s">
+        <v>60</v>
+      </c>
       <c r="H15"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>17</v>
       </c>
       <c r="D16" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E16" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F16" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G16"/>
-      <c r="H16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H16"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>65</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D17" t="s">
         <v>66</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>67</v>
       </c>
-      <c r="E17"/>
       <c r="F17" t="s">
         <v>68</v>
       </c>
       <c r="G17"/>
-      <c r="H17"/>
+      <c r="H17" t="s">
+        <v>69</v>
+      </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>66</v>
+        <v>57</v>
       </c>
       <c r="D18" t="s">
-        <v>70</v>
-[...1 lines deleted...]
-      <c r="E18" t="s">
         <v>71</v>
       </c>
+      <c r="E18"/>
       <c r="F18" t="s">
         <v>72</v>
       </c>
       <c r="G18"/>
       <c r="H18"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>73</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="D19" t="s">
         <v>74</v>
       </c>
       <c r="E19" t="s">
         <v>75</v>
       </c>
       <c r="F19" t="s">
         <v>76</v>
       </c>
       <c r="G19"/>
-      <c r="H19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H19"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>77</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>17</v>
+      </c>
+      <c r="D20" t="s">
         <v>78</v>
       </c>
-      <c r="B20" t="s">
-[...5 lines deleted...]
-      <c r="D20" t="s">
+      <c r="E20" t="s">
         <v>79</v>
       </c>
-      <c r="E20"/>
       <c r="F20" t="s">
         <v>80</v>
       </c>
       <c r="G20"/>
-      <c r="H20"/>
+      <c r="H20" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>82</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>57</v>
+      </c>
+      <c r="D21" t="s">
+        <v>83</v>
+      </c>
+      <c r="E21"/>
+      <c r="F21" t="s">
+        <v>84</v>
+      </c>
+      <c r="G21"/>
+      <c r="H21"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>