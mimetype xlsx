--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Организации" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="662">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="657">
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Вид</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Веб-сайт</t>
   </si>
   <si>
     <t>E-mail</t>
   </si>
   <si>
     <t>Успешные практики</t>
   </si>
   <si>
     <t>Проекты</t>
   </si>
   <si>
@@ -1806,65 +1806,50 @@
     <t>Практикум эффективного развития СОНКО Юго-Запада Ленинградской области, Культурный практикум-содействие развитию НКО, работающих в сфере сохранения культурного наследия через повышение компетенций и освоение IT технологий</t>
   </si>
   <si>
     <t>Межрегиональная благотворительная общественная организация "Центр социальных технологий "Гарант"</t>
   </si>
   <si>
     <t>163000, Архангельск, улица Попова, дом 18 (1 подъезд, 4 этаж)</t>
   </si>
   <si>
     <t>https://ngogarant.ru/</t>
   </si>
   <si>
     <t>garant@ngo-garant.ru</t>
   </si>
   <si>
     <t>Школа тренеров некоммерческого сектора, Школа для тренеров некоммерческого сектора: расширяем профессиональное сообщество, Сила вместе: ресурс для ресурсных центров</t>
   </si>
   <si>
     <t>Фонд "Ресурсный центр поддержки социально ориентированных организаций, проектов и программ"</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
   </si>
   <si>
     <t>solovjeva.natalja@gmail.com</t>
-  </si>
-[...13 lines deleted...]
-    <t>fondmelnik@mail.ru</t>
   </si>
   <si>
     <t>Некоммерческая организация "Фонд поддержки гражданских инициатив"</t>
   </si>
   <si>
     <t>160035, г. Вологда, Советский пр., 35-а</t>
   </si>
   <si>
     <t>http://fpgi.ru/</t>
   </si>
   <si>
     <t>fond-pgi@yandex.ru</t>
   </si>
   <si>
     <t>Кемеровская региональная общественная организация "Кузбасский центр поддержки общественных инициатив"</t>
   </si>
   <si>
     <t>Кемеровская область</t>
   </si>
   <si>
     <t>г.Кемерово, 650000, Ул.Ноградская, 3, к.18</t>
   </si>
   <si>
     <t>http://init-kc.ru</t>
   </si>
@@ -2357,51 +2342,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:H147"/>
+  <dimension ref="A1:H146"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H1" sqref="H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="229.943848" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.135986" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="35.2771" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="162.674561" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="69.554443" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="36.419678" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="764.384766" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="456.459961" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -5340,348 +5325,326 @@
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>595</v>
       </c>
       <c r="B134" t="s">
         <v>596</v>
       </c>
       <c r="C134" t="s">
         <v>10</v>
       </c>
       <c r="D134" t="s">
         <v>596</v>
       </c>
       <c r="E134"/>
       <c r="F134" t="s">
         <v>597</v>
       </c>
       <c r="G134"/>
       <c r="H134"/>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>598</v>
       </c>
       <c r="B135" t="s">
+        <v>518</v>
+      </c>
+      <c r="C135" t="s">
+        <v>10</v>
+      </c>
+      <c r="D135" t="s">
         <v>599</v>
       </c>
-      <c r="C135" t="s">
-[...2 lines deleted...]
-      <c r="D135" t="s">
+      <c r="E135" t="s">
         <v>600</v>
       </c>
-      <c r="E135" t="s">
+      <c r="F135" t="s">
         <v>601</v>
-      </c>
-[...1 lines deleted...]
-        <v>602</v>
       </c>
       <c r="G135"/>
       <c r="H135"/>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
+        <v>602</v>
+      </c>
+      <c r="B136" t="s">
         <v>603</v>
-      </c>
-[...1 lines deleted...]
-        <v>518</v>
       </c>
       <c r="C136" t="s">
         <v>10</v>
       </c>
       <c r="D136" t="s">
         <v>604</v>
       </c>
       <c r="E136" t="s">
         <v>605</v>
       </c>
       <c r="F136" t="s">
         <v>606</v>
       </c>
       <c r="G136"/>
-      <c r="H136"/>
+      <c r="H136" t="s">
+        <v>607</v>
+      </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="B137" t="s">
-        <v>608</v>
+        <v>150</v>
       </c>
       <c r="C137" t="s">
         <v>10</v>
       </c>
       <c r="D137" t="s">
         <v>609</v>
       </c>
       <c r="E137" t="s">
         <v>610</v>
       </c>
       <c r="F137" t="s">
         <v>611</v>
       </c>
       <c r="G137"/>
-      <c r="H137" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H137"/>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
+        <v>612</v>
+      </c>
+      <c r="B138" t="s">
+        <v>146</v>
+      </c>
+      <c r="C138" t="s">
+        <v>10</v>
+      </c>
+      <c r="D138" t="s">
         <v>613</v>
       </c>
-      <c r="B138" t="s">
-[...5 lines deleted...]
-      <c r="D138" t="s">
+      <c r="E138" t="s">
         <v>614</v>
       </c>
-      <c r="E138" t="s">
+      <c r="F138" t="s">
         <v>615</v>
-      </c>
-[...1 lines deleted...]
-        <v>616</v>
       </c>
       <c r="G138"/>
       <c r="H138"/>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
+        <v>616</v>
+      </c>
+      <c r="B139" t="s">
         <v>617</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="C139" t="s">
         <v>10</v>
       </c>
       <c r="D139" t="s">
         <v>618</v>
       </c>
       <c r="E139" t="s">
         <v>619</v>
       </c>
       <c r="F139" t="s">
         <v>620</v>
       </c>
       <c r="G139"/>
       <c r="H139"/>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>621</v>
       </c>
       <c r="B140" t="s">
+        <v>63</v>
+      </c>
+      <c r="C140" t="s">
+        <v>10</v>
+      </c>
+      <c r="D140" t="s">
         <v>622</v>
       </c>
-      <c r="C140" t="s">
-[...2 lines deleted...]
-      <c r="D140" t="s">
+      <c r="E140" t="s">
         <v>623</v>
       </c>
-      <c r="E140" t="s">
+      <c r="F140" t="s">
         <v>624</v>
       </c>
-      <c r="F140" t="s">
+      <c r="G140" t="s">
         <v>625</v>
       </c>
-      <c r="G140"/>
-      <c r="H140"/>
+      <c r="H140" t="s">
+        <v>626</v>
+      </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="B141" t="s">
-        <v>63</v>
+        <v>404</v>
       </c>
       <c r="C141" t="s">
         <v>10</v>
       </c>
       <c r="D141" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="E141" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="F141" t="s">
-        <v>629</v>
-[...1 lines deleted...]
-      <c r="G141" t="s">
         <v>630</v>
       </c>
-      <c r="H141" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G141"/>
+      <c r="H141"/>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
+        <v>631</v>
+      </c>
+      <c r="B142" t="s">
+        <v>536</v>
+      </c>
+      <c r="C142" t="s">
+        <v>10</v>
+      </c>
+      <c r="D142" t="s">
         <v>632</v>
       </c>
-      <c r="B142" t="s">
-[...5 lines deleted...]
-      <c r="D142" t="s">
+      <c r="E142" t="s">
         <v>633</v>
       </c>
-      <c r="E142" t="s">
+      <c r="F142" t="s">
         <v>634</v>
       </c>
-      <c r="F142" t="s">
+      <c r="G142" t="s">
         <v>635</v>
       </c>
-      <c r="G142"/>
       <c r="H142"/>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>636</v>
       </c>
       <c r="B143" t="s">
-        <v>536</v>
+        <v>24</v>
       </c>
       <c r="C143" t="s">
         <v>10</v>
       </c>
       <c r="D143" t="s">
+        <v>465</v>
+      </c>
+      <c r="E143" t="s">
         <v>637</v>
       </c>
-      <c r="E143" t="s">
+      <c r="F143" t="s">
         <v>638</v>
       </c>
-      <c r="F143" t="s">
+      <c r="G143"/>
+      <c r="H143" t="s">
         <v>639</v>
       </c>
-      <c r="G143" t="s">
-[...2 lines deleted...]
-      <c r="H143"/>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
+        <v>640</v>
+      </c>
+      <c r="B144" t="s">
+        <v>596</v>
+      </c>
+      <c r="C144" t="s">
+        <v>10</v>
+      </c>
+      <c r="D144" t="s">
         <v>641</v>
-      </c>
-[...7 lines deleted...]
-        <v>465</v>
       </c>
       <c r="E144" t="s">
         <v>642</v>
       </c>
       <c r="F144" t="s">
         <v>643</v>
       </c>
-      <c r="G144"/>
+      <c r="G144" t="s">
+        <v>644</v>
+      </c>
       <c r="H144" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="B145" t="s">
-        <v>596</v>
+        <v>196</v>
       </c>
       <c r="C145" t="s">
         <v>10</v>
       </c>
       <c r="D145" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="E145" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="F145" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="G145" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="H145" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="B146" t="s">
-        <v>196</v>
+        <v>653</v>
       </c>
       <c r="C146" t="s">
         <v>10</v>
       </c>
       <c r="D146" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="E146" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="F146" t="s">
-        <v>654</v>
-[...4 lines deleted...]
-      <c r="H146" t="s">
         <v>656</v>
       </c>
-    </row>
-[...20 lines deleted...]
-      <c r="H147"/>
+      <c r="G146"/>
+      <c r="H146"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>