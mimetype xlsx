--- v0 (2025-10-15)
+++ v1 (2026-03-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Организации" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="443">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="452">
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Вид</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Веб-сайт</t>
   </si>
   <si>
     <t>E-mail</t>
   </si>
   <si>
     <t>Успешные практики</t>
   </si>
   <si>
     <t>Проекты</t>
   </si>
   <si>
@@ -239,50 +239,68 @@
   <si>
     <t>Самара, ул.Физкультурная, д.90, оф.2.208</t>
   </si>
   <si>
     <t>http://3sec.ru</t>
   </si>
   <si>
     <t>info@3sec.ru</t>
   </si>
   <si>
     <t>Автономная некоммерческая организация "Центр управленческих кадров"</t>
   </si>
   <si>
     <t>308015, г.Белгород, ул.Победы, 85, корп.17</t>
   </si>
   <si>
     <t>https://cuk.nko31.ru</t>
   </si>
   <si>
     <t>c.u.k@yandex.ru</t>
   </si>
   <si>
     <t>Кейс-конференция "Социальное предпринимательство социальное проектирование в НКО"</t>
   </si>
   <si>
+    <t>Автономная некоммерческая организация правовой и учебно-методической поддержки социальных инициатив «Правовой ресурсный центр «Третий сектор»</t>
+  </si>
+  <si>
+    <t>Свердловская область</t>
+  </si>
+  <si>
+    <t>Свердловская область, г. Екатеринбург, ул. Хохрякова, 104, офис 318</t>
+  </si>
+  <si>
+    <t>https://ural-nko.ru</t>
+  </si>
+  <si>
+    <t>ural-nko@mail.ru</t>
+  </si>
+  <si>
+    <t>Образовательный центр "Факультет НКО", Журнал "Руководитель НКО", Конкурс "Информационная открытость НКО"</t>
+  </si>
+  <si>
     <t>Бременские консультанты</t>
   </si>
   <si>
     <t>Санкт-Петербург, ул. Парашютная, д. 42, к.2</t>
   </si>
   <si>
     <t>https://www.bremenconsultants.ru</t>
   </si>
   <si>
     <t>we@bremenconsultants.ru</t>
   </si>
   <si>
     <t>Автономная некоммерческая организация "Центр поддержки социально значимых проектов "Меняющие мир"</t>
   </si>
   <si>
     <t>Нижегородская область</t>
   </si>
   <si>
     <t>Нижегородская область Дзержинск Циолковского 82-20</t>
   </si>
   <si>
     <t>https://changingtheworld.ru</t>
   </si>
   <si>
     <t>adspfo@mail.ru</t>
@@ -341,50 +359,65 @@
   <si>
     <t>г. Москва, ул. Щепкина, д. 8, этаж 2А</t>
   </si>
   <si>
     <t>https://www.asi.org.ru/</t>
   </si>
   <si>
     <t>pr@asi.org.ru</t>
   </si>
   <si>
     <t>Программа «PROдвижение НКО», Программа "НКО-СОКРАТ"</t>
   </si>
   <si>
     <t>Межрегиональная общественная организация "Центр поддержки общественных инициатив"</t>
   </si>
   <si>
     <t>Санкт-Петербург, Нахимова 20</t>
   </si>
   <si>
     <t>https://cpoi.ru/</t>
   </si>
   <si>
     <t>info@cpoi.ru</t>
   </si>
   <si>
+    <t>Центр развития социальных проектов Вельского района "ТРоПА"</t>
+  </si>
+  <si>
+    <t>Архангельская область</t>
+  </si>
+  <si>
+    <t>165115 Архангельская обл., Вельский район, д. Горка Муравьевская, ул. Дорожная, д. 2-б.</t>
+  </si>
+  <si>
+    <t>nick.kudrin2012@yandex.ru</t>
+  </si>
+  <si>
+    <t>"Краш-Вояж", ДомА..., "Незнайка - фест" 1,2.</t>
+  </si>
+  <si>
     <t>Региональный ресурсный центр добровольчества "Волонтерский корпус Новосибирской области"</t>
   </si>
   <si>
     <t>Новосибирская область</t>
   </si>
   <si>
     <t>Новосибирск, Красный проспект 86/2, офис 401</t>
   </si>
   <si>
     <t>http://vknso.ru</t>
   </si>
   <si>
     <t>info@vknso.ru</t>
   </si>
   <si>
     <t>НП "Ассоциация благотворительных организаций РБ"</t>
   </si>
   <si>
     <t>Республика Башкортостан</t>
   </si>
   <si>
     <t>450531 Алексеевка, ул. 50 лет Победы 40|1</t>
   </si>
   <si>
     <t>https://www.facebook.com/blagolubim.ural</t>
@@ -527,53 +560,50 @@
   <si>
     <t>г.Нижневартовск улица Мира дом 63</t>
   </si>
   <si>
     <t>http://nko86.ru</t>
   </si>
   <si>
     <t>olgryabov@yandex.ru</t>
   </si>
   <si>
     <t>Автономная некоммерческая организация Межрегиональный ресурсный центр медиаграмотности и информационного сопровождения "Медиа-центр ИНИЦИАТИВА"</t>
   </si>
   <si>
     <t>Красноярск</t>
   </si>
   <si>
     <t>http://медиапарк24.рф</t>
   </si>
   <si>
     <t>mediapark24@yandex.ru</t>
   </si>
   <si>
     <t>Архангельская региональная общественная благотворительная организация "Общество помощи детям "Семицвет"</t>
   </si>
   <si>
-    <t>Архангельская область</t>
-[...1 lines deleted...]
-  <si>
     <t>Луговая д. 3, Вельский р-н, Архангельская область</t>
   </si>
   <si>
     <t>nata_glazacheva@mail.ru</t>
   </si>
   <si>
     <t>Ассоциация «Клуб друзей Кенозерского национального парка»</t>
   </si>
   <si>
     <t>163000, г. Архангельск, наб. Северной Двины, д.78</t>
   </si>
   <si>
     <t>http://www.kenozero.ru/mestnym-zhitelyam/mestnym-zhitelyam/klub-druzey-kenozerskogo-natsionalnogo-parka/klb-druzey-kenozerskogo-natsionalnogo-parka/</t>
   </si>
   <si>
     <t>elena_arh@inbox.ru</t>
   </si>
   <si>
     <t>Креативное пространство ШТАБ</t>
   </si>
   <si>
     <t>Смоленская область</t>
   </si>
   <si>
     <t>Смоленск, ул. Маршала Жукова, 9</t>
@@ -873,53 +903,50 @@
     <t>г. Норильск, улица Ленинградская 21</t>
   </si>
   <si>
     <t>https://krc.taplink.ws/</t>
   </si>
   <si>
     <t>krc.nor@gmail.com</t>
   </si>
   <si>
     <t>Автономная некоммерческая организация "Дальневосточный институт содействия общественному развитию"</t>
   </si>
   <si>
     <t>Хабаровский край</t>
   </si>
   <si>
     <t>Хабаровский край, город Хабаровск</t>
   </si>
   <si>
     <t>http://anodvisor-khv.ru/</t>
   </si>
   <si>
     <t>pechenuksp@mail.ru</t>
   </si>
   <si>
     <t>Благотворительный фонд местного сообщества "Первоуральск - 21 век"</t>
-  </si>
-[...1 lines deleted...]
-    <t>Свердловская область</t>
   </si>
   <si>
     <t>г. Первоуральск, ул. Ватутина 43, оф.</t>
   </si>
   <si>
     <t>http://f21vek.ru/</t>
   </si>
   <si>
     <t>fond21vek@mail.ru</t>
   </si>
   <si>
     <t>Соликамская городская общественная организация инвалидов "ЛУЧ"</t>
   </si>
   <si>
     <t>Пермский край, г. Соликамск, ул. Культуры, д. 18</t>
   </si>
   <si>
     <t>http://ray-sk59.ucoz.ru/</t>
   </si>
   <si>
     <t>belogub-galina@mail.ru</t>
   </si>
   <si>
     <t>Уральский центр развития гражданских инициатив и социального партнерства</t>
   </si>
@@ -1700,51 +1727,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:H96"/>
+  <dimension ref="A1:H98"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H1" sqref="H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="207.520752" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.135986" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="41.132813" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="154.390869" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="175.671387" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="35.2771" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="247.653809" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="281.78833" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -2043,1866 +2070,1912 @@
       <c r="B14" t="s">
         <v>58</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
         <v>71</v>
       </c>
       <c r="E14" t="s">
         <v>72</v>
       </c>
       <c r="F14" t="s">
         <v>73</v>
       </c>
       <c r="G14"/>
       <c r="H14" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>75</v>
       </c>
       <c r="B15" t="s">
-        <v>39</v>
+        <v>76</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F15" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="G15"/>
+        <v>79</v>
+      </c>
+      <c r="G15" t="s">
+        <v>80</v>
+      </c>
       <c r="H15"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B16" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E16" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F16" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="G16"/>
-      <c r="H16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H16"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>85</v>
       </c>
       <c r="B17" t="s">
         <v>86</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
         <v>87</v>
       </c>
       <c r="E17" t="s">
         <v>88</v>
       </c>
       <c r="F17" t="s">
         <v>89</v>
       </c>
       <c r="G17"/>
-      <c r="H17"/>
+      <c r="H17" t="s">
+        <v>90</v>
+      </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B18" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="E18" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="F18" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="G18"/>
-      <c r="H18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H18"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B19" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
         <v>97</v>
       </c>
       <c r="E19" t="s">
         <v>98</v>
       </c>
       <c r="F19" t="s">
         <v>99</v>
       </c>
       <c r="G19"/>
-      <c r="H19"/>
+      <c r="H19" t="s">
+        <v>100</v>
+      </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B20" t="s">
-        <v>86</v>
+        <v>102</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="E20" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="F20" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="G20"/>
-      <c r="H20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H20"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B21" t="s">
-        <v>39</v>
+        <v>92</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E21" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="F21" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="G21"/>
-      <c r="H21"/>
+      <c r="H21" t="s">
+        <v>110</v>
+      </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B22" t="s">
-        <v>110</v>
+        <v>39</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E22" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="F22" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="G22"/>
       <c r="H22"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B23" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>116</v>
-[...1 lines deleted...]
-      <c r="E23" t="s">
         <v>117</v>
       </c>
+      <c r="E23"/>
       <c r="F23" t="s">
         <v>118</v>
       </c>
-      <c r="G23"/>
-      <c r="H23" t="s">
+      <c r="G23" t="s">
         <v>119</v>
       </c>
+      <c r="H23"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>120</v>
       </c>
       <c r="B24" t="s">
-        <v>86</v>
+        <v>121</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E24" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F24" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G24"/>
       <c r="H24"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B25" t="s">
-        <v>86</v>
+        <v>126</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="E25" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="F25" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="G25"/>
-      <c r="H25"/>
+      <c r="H25" t="s">
+        <v>130</v>
+      </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="B26" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="E26" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="F26" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="G26"/>
       <c r="H26"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="B27" t="s">
-        <v>133</v>
+        <v>92</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="E27" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="F27" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="G27"/>
       <c r="H27"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="B28" t="s">
-        <v>138</v>
+        <v>92</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E28" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="F28" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="G28"/>
       <c r="H28"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B29" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E29" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F29" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="G29"/>
       <c r="H29"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B30" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E30" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="F30" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="G30"/>
       <c r="H30"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B31" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E31" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F31" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="G31"/>
       <c r="H31"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B32" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E32" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="F32" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="G32"/>
       <c r="H32"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B33" t="s">
-        <v>153</v>
+        <v>164</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="E33" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="F33" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="G33"/>
       <c r="H33"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B34" t="s">
-        <v>17</v>
+        <v>169</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="E34" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="F34" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="G34"/>
       <c r="H34"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="B35" t="s">
-        <v>171</v>
+        <v>164</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>172</v>
-[...1 lines deleted...]
-      <c r="E35"/>
+        <v>174</v>
+      </c>
+      <c r="E35" t="s">
+        <v>175</v>
+      </c>
       <c r="F35" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="G35"/>
       <c r="H35"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="B36" t="s">
-        <v>171</v>
+        <v>17</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="E36" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="F36" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="G36"/>
       <c r="H36"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="B37" t="s">
-        <v>179</v>
+        <v>116</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>180</v>
-[...3 lines deleted...]
-      </c>
+        <v>182</v>
+      </c>
+      <c r="E37"/>
       <c r="F37" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="G37"/>
       <c r="H37"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B38" t="s">
-        <v>158</v>
+        <v>116</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E38" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F38" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="G38"/>
       <c r="H38"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B39" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E39" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="F39" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="G39"/>
       <c r="H39"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B40" t="s">
-        <v>193</v>
+        <v>169</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
         <v>194</v>
       </c>
-      <c r="E40"/>
+      <c r="E40" t="s">
+        <v>195</v>
+      </c>
       <c r="F40" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="G40"/>
       <c r="H40"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B41" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="E41" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="F41" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G41"/>
       <c r="H41"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B42" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>203</v>
-[...1 lines deleted...]
-      <c r="E42" t="s">
         <v>204</v>
       </c>
+      <c r="E42"/>
       <c r="F42" t="s">
         <v>205</v>
       </c>
       <c r="G42"/>
       <c r="H42"/>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>206</v>
       </c>
       <c r="B43" t="s">
         <v>207</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
         <v>208</v>
       </c>
       <c r="E43" t="s">
         <v>209</v>
       </c>
       <c r="F43" t="s">
         <v>210</v>
       </c>
       <c r="G43"/>
       <c r="H43"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>211</v>
       </c>
       <c r="B44" t="s">
-        <v>39</v>
+        <v>212</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="E44" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="F44" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G44"/>
       <c r="H44"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B45" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E45" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="F45" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="G45"/>
       <c r="H45"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B46" t="s">
-        <v>138</v>
+        <v>39</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="E46" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="F46" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G46"/>
       <c r="H46"/>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B47" t="s">
-        <v>153</v>
+        <v>226</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="E47" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="F47" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="G47"/>
       <c r="H47"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B48" t="s">
-        <v>17</v>
+        <v>149</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="E48" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F48" t="s">
-        <v>231</v>
-[...4 lines deleted...]
-      <c r="H48" t="s">
         <v>233</v>
       </c>
+      <c r="G48"/>
+      <c r="H48"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>234</v>
       </c>
       <c r="B49" t="s">
-        <v>197</v>
+        <v>164</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
         <v>235</v>
       </c>
       <c r="E49" t="s">
         <v>236</v>
       </c>
       <c r="F49" t="s">
         <v>237</v>
       </c>
       <c r="G49"/>
       <c r="H49"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>238</v>
       </c>
       <c r="B50" t="s">
-        <v>197</v>
+        <v>17</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
         <v>239</v>
       </c>
       <c r="E50" t="s">
         <v>240</v>
       </c>
       <c r="F50" t="s">
         <v>241</v>
       </c>
-      <c r="G50"/>
-      <c r="H50"/>
+      <c r="G50" t="s">
+        <v>242</v>
+      </c>
+      <c r="H50" t="s">
+        <v>243</v>
+      </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="B51" t="s">
-        <v>243</v>
+        <v>207</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="E51" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="F51" t="s">
-        <v>246</v>
-[...1 lines deleted...]
-      <c r="G51" t="s">
         <v>247</v>
       </c>
+      <c r="G51"/>
       <c r="H51"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>248</v>
       </c>
       <c r="B52" t="s">
-        <v>9</v>
+        <v>207</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
         <v>249</v>
       </c>
       <c r="E52" t="s">
         <v>250</v>
       </c>
       <c r="F52" t="s">
         <v>251</v>
       </c>
       <c r="G52"/>
       <c r="H52"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>252</v>
       </c>
       <c r="B53" t="s">
-        <v>86</v>
+        <v>253</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="E53" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="F53" t="s">
-        <v>255</v>
-[...1 lines deleted...]
-      <c r="G53"/>
+        <v>256</v>
+      </c>
+      <c r="G53" t="s">
+        <v>257</v>
+      </c>
       <c r="H53"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="B54" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="E54" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="F54" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="G54"/>
       <c r="H54"/>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="B55" t="s">
-        <v>39</v>
+        <v>92</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="E55" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="F55" t="s">
-        <v>263</v>
-[...3 lines deleted...]
-      </c>
+        <v>265</v>
+      </c>
+      <c r="G55"/>
       <c r="H55"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B56" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="E56" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="F56" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="G56"/>
       <c r="H56"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B57" t="s">
-        <v>86</v>
+        <v>39</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="E57" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="F57" t="s">
-        <v>272</v>
-[...1 lines deleted...]
-      <c r="G57"/>
+        <v>273</v>
+      </c>
+      <c r="G57" t="s">
+        <v>274</v>
+      </c>
       <c r="H57"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="B58" t="s">
-        <v>138</v>
+        <v>53</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="E58" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="F58" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="G58"/>
       <c r="H58"/>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="B59" t="s">
-        <v>17</v>
+        <v>92</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="E59" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="F59" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="G59"/>
       <c r="H59"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="B60" t="s">
-        <v>282</v>
+        <v>149</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="E60" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="F60" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="G60"/>
       <c r="H60"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B61" t="s">
-        <v>287</v>
+        <v>17</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
         <v>288</v>
       </c>
       <c r="E61" t="s">
         <v>289</v>
       </c>
       <c r="F61" t="s">
         <v>290</v>
       </c>
       <c r="G61"/>
       <c r="H61"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>291</v>
       </c>
       <c r="B62" t="s">
-        <v>138</v>
+        <v>292</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="E62" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="F62" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="G62"/>
       <c r="H62"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B63" t="s">
-        <v>296</v>
+        <v>76</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
         <v>297</v>
       </c>
       <c r="E63" t="s">
         <v>298</v>
       </c>
       <c r="F63" t="s">
         <v>299</v>
       </c>
       <c r="G63"/>
       <c r="H63"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>300</v>
       </c>
       <c r="B64" t="s">
+        <v>149</v>
+      </c>
+      <c r="C64" t="s">
+        <v>10</v>
+      </c>
+      <c r="D64" t="s">
         <v>301</v>
       </c>
-      <c r="C64" t="s">
-[...2 lines deleted...]
-      <c r="D64" t="s">
+      <c r="E64" t="s">
         <v>302</v>
       </c>
-      <c r="E64" t="s">
+      <c r="F64" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
       <c r="G64"/>
       <c r="H64"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
+        <v>304</v>
+      </c>
+      <c r="B65" t="s">
         <v>305</v>
       </c>
-      <c r="B65" t="s">
+      <c r="C65" t="s">
+        <v>10</v>
+      </c>
+      <c r="D65" t="s">
         <v>306</v>
       </c>
-      <c r="C65" t="s">
-[...2 lines deleted...]
-      <c r="D65" t="s">
+      <c r="E65" t="s">
         <v>307</v>
       </c>
-      <c r="E65" t="s">
+      <c r="F65" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
       <c r="G65"/>
       <c r="H65"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
+        <v>309</v>
+      </c>
+      <c r="B66" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
         <v>311</v>
       </c>
       <c r="E66" t="s">
         <v>312</v>
       </c>
       <c r="F66" t="s">
         <v>313</v>
       </c>
-      <c r="G66" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G66"/>
       <c r="H66"/>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
+        <v>314</v>
+      </c>
+      <c r="B67" t="s">
         <v>315</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
         <v>316</v>
       </c>
       <c r="E67" t="s">
         <v>317</v>
       </c>
       <c r="F67" t="s">
         <v>318</v>
       </c>
       <c r="G67"/>
       <c r="H67"/>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>319</v>
       </c>
       <c r="B68" t="s">
-        <v>86</v>
+        <v>126</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
         <v>320</v>
       </c>
       <c r="E68" t="s">
         <v>321</v>
       </c>
       <c r="F68" t="s">
         <v>322</v>
       </c>
-      <c r="G68"/>
-      <c r="H68" t="s">
+      <c r="G68" t="s">
         <v>323</v>
       </c>
+      <c r="H68"/>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>324</v>
       </c>
       <c r="B69" t="s">
-        <v>202</v>
+        <v>169</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
         <v>325</v>
       </c>
       <c r="E69" t="s">
         <v>326</v>
       </c>
       <c r="F69" t="s">
         <v>327</v>
       </c>
       <c r="G69"/>
       <c r="H69"/>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>328</v>
       </c>
       <c r="B70" t="s">
-        <v>110</v>
+        <v>92</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
         <v>329</v>
       </c>
-      <c r="E70"/>
+      <c r="E70" t="s">
+        <v>330</v>
+      </c>
       <c r="F70" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="G70"/>
-      <c r="H70"/>
+      <c r="H70" t="s">
+        <v>332</v>
+      </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B71" t="s">
-        <v>86</v>
+        <v>212</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="E71" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="F71" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="G71"/>
       <c r="H71"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="B72" t="s">
-        <v>80</v>
+        <v>121</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>336</v>
-[...3 lines deleted...]
-      </c>
+        <v>338</v>
+      </c>
+      <c r="E72"/>
       <c r="F72" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="G72"/>
       <c r="H72"/>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B73" t="s">
-        <v>282</v>
+        <v>92</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="E73" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="F73" t="s">
-        <v>342</v>
-[...1 lines deleted...]
-      <c r="G73" t="s">
         <v>343</v>
       </c>
+      <c r="G73"/>
       <c r="H73"/>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>344</v>
       </c>
       <c r="B74" t="s">
+        <v>86</v>
+      </c>
+      <c r="C74" t="s">
+        <v>10</v>
+      </c>
+      <c r="D74" t="s">
         <v>345</v>
       </c>
-      <c r="C74" t="s">
-[...2 lines deleted...]
-      <c r="D74" t="s">
+      <c r="E74" t="s">
         <v>346</v>
       </c>
-      <c r="E74" t="s">
+      <c r="F74" t="s">
         <v>347</v>
       </c>
-      <c r="F74" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G74"/>
       <c r="H74"/>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
+        <v>348</v>
+      </c>
+      <c r="B75" t="s">
+        <v>292</v>
+      </c>
+      <c r="C75" t="s">
+        <v>10</v>
+      </c>
+      <c r="D75" t="s">
+        <v>349</v>
+      </c>
+      <c r="E75" t="s">
         <v>350</v>
       </c>
-      <c r="B75" t="s">
-[...5 lines deleted...]
-      <c r="D75" t="s">
+      <c r="F75" t="s">
         <v>351</v>
       </c>
-      <c r="E75" t="s">
+      <c r="G75" t="s">
         <v>352</v>
       </c>
-      <c r="F75" t="s">
-[...2 lines deleted...]
-      <c r="G75"/>
       <c r="H75"/>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
+        <v>353</v>
+      </c>
+      <c r="B76" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="C76" t="s">
         <v>10</v>
       </c>
       <c r="D76" t="s">
         <v>355</v>
       </c>
       <c r="E76" t="s">
         <v>356</v>
       </c>
       <c r="F76" t="s">
         <v>357</v>
       </c>
-      <c r="G76"/>
+      <c r="G76" t="s">
+        <v>358</v>
+      </c>
       <c r="H76"/>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B77" t="s">
-        <v>359</v>
+        <v>76</v>
       </c>
       <c r="C77" t="s">
         <v>10</v>
       </c>
       <c r="D77" t="s">
         <v>360</v>
       </c>
-      <c r="E77"/>
+      <c r="E77" t="s">
+        <v>361</v>
+      </c>
       <c r="F77" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="G77"/>
       <c r="H77"/>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B78" t="s">
-        <v>282</v>
+        <v>159</v>
       </c>
       <c r="C78" t="s">
         <v>10</v>
       </c>
       <c r="D78" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="E78" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="F78" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="G78"/>
-      <c r="H78" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H78"/>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>367</v>
       </c>
       <c r="B79" t="s">
-        <v>110</v>
+        <v>368</v>
       </c>
       <c r="C79" t="s">
         <v>10</v>
       </c>
       <c r="D79" t="s">
-        <v>368</v>
-[...1 lines deleted...]
-      <c r="E79" t="s">
         <v>369</v>
       </c>
+      <c r="E79"/>
       <c r="F79" t="s">
         <v>370</v>
       </c>
       <c r="G79"/>
       <c r="H79"/>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>371</v>
       </c>
       <c r="B80" t="s">
-        <v>86</v>
+        <v>292</v>
       </c>
       <c r="C80" t="s">
         <v>10</v>
       </c>
       <c r="D80" t="s">
         <v>372</v>
       </c>
       <c r="E80" t="s">
         <v>373</v>
       </c>
       <c r="F80" t="s">
         <v>374</v>
       </c>
       <c r="G80"/>
-      <c r="H80"/>
+      <c r="H80" t="s">
+        <v>375</v>
+      </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B81" t="s">
-        <v>80</v>
+        <v>121</v>
       </c>
       <c r="C81" t="s">
         <v>10</v>
       </c>
       <c r="D81" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="E81" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="F81" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="G81"/>
       <c r="H81"/>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="B82" t="s">
-        <v>197</v>
+        <v>92</v>
       </c>
       <c r="C82" t="s">
         <v>10</v>
       </c>
       <c r="D82" t="s">
-        <v>380</v>
-[...1 lines deleted...]
-      <c r="E82"/>
+        <v>381</v>
+      </c>
+      <c r="E82" t="s">
+        <v>382</v>
+      </c>
       <c r="F82" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="G82"/>
       <c r="H82"/>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="B83" t="s">
         <v>86</v>
       </c>
       <c r="C83" t="s">
         <v>10</v>
       </c>
       <c r="D83" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="E83" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="F83" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="G83"/>
-      <c r="H83" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H83"/>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B84" t="s">
-        <v>388</v>
+        <v>207</v>
       </c>
       <c r="C84" t="s">
         <v>10</v>
       </c>
       <c r="D84" t="s">
         <v>389</v>
       </c>
-      <c r="E84" t="s">
+      <c r="E84"/>
+      <c r="F84" t="s">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
       <c r="G84"/>
       <c r="H84"/>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
+        <v>391</v>
+      </c>
+      <c r="B85" t="s">
+        <v>92</v>
+      </c>
+      <c r="C85" t="s">
+        <v>10</v>
+      </c>
+      <c r="D85" t="s">
         <v>392</v>
       </c>
-      <c r="B85" t="s">
-[...5 lines deleted...]
-      <c r="D85" t="s">
+      <c r="E85" t="s">
         <v>393</v>
       </c>
-      <c r="E85" t="s">
+      <c r="F85" t="s">
         <v>394</v>
       </c>
-      <c r="F85" t="s">
+      <c r="G85"/>
+      <c r="H85" t="s">
         <v>395</v>
       </c>
-      <c r="G85"/>
-      <c r="H85"/>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>396</v>
       </c>
       <c r="B86" t="s">
         <v>397</v>
       </c>
       <c r="C86" t="s">
         <v>10</v>
       </c>
       <c r="D86" t="s">
         <v>398</v>
       </c>
       <c r="E86" t="s">
         <v>399</v>
       </c>
       <c r="F86" t="s">
         <v>400</v>
       </c>
       <c r="G86"/>
       <c r="H86"/>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>401</v>
       </c>
       <c r="B87" t="s">
+        <v>92</v>
+      </c>
+      <c r="C87" t="s">
+        <v>10</v>
+      </c>
+      <c r="D87" t="s">
         <v>402</v>
       </c>
-      <c r="C87" t="s">
-[...2 lines deleted...]
-      <c r="D87" t="s">
+      <c r="E87" t="s">
         <v>403</v>
       </c>
-      <c r="E87"/>
       <c r="F87" t="s">
         <v>404</v>
       </c>
       <c r="G87"/>
       <c r="H87"/>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>405</v>
       </c>
       <c r="B88" t="s">
-        <v>86</v>
+        <v>406</v>
       </c>
       <c r="C88" t="s">
         <v>10</v>
       </c>
       <c r="D88" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="E88" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="F88" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="G88"/>
       <c r="H88"/>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B89" t="s">
-        <v>86</v>
+        <v>411</v>
       </c>
       <c r="C89" t="s">
         <v>10</v>
       </c>
       <c r="D89" t="s">
-        <v>410</v>
-[...3 lines deleted...]
-      </c>
+        <v>412</v>
+      </c>
+      <c r="E89"/>
       <c r="F89" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="G89"/>
       <c r="H89"/>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="B90" t="s">
-        <v>9</v>
+        <v>92</v>
       </c>
       <c r="C90" t="s">
         <v>10</v>
       </c>
       <c r="D90" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="E90" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="F90" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="G90"/>
       <c r="H90"/>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B91" t="s">
-        <v>39</v>
+        <v>92</v>
       </c>
       <c r="C91" t="s">
         <v>10</v>
       </c>
       <c r="D91" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="E91" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="F91" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="G91"/>
-      <c r="H91" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H91"/>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>422</v>
       </c>
       <c r="B92" t="s">
-        <v>86</v>
+        <v>9</v>
       </c>
       <c r="C92" t="s">
         <v>10</v>
       </c>
       <c r="D92" t="s">
         <v>423</v>
       </c>
       <c r="E92" t="s">
         <v>424</v>
       </c>
       <c r="F92" t="s">
         <v>425</v>
       </c>
       <c r="G92"/>
       <c r="H92"/>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>426</v>
       </c>
       <c r="B93" t="s">
-        <v>171</v>
+        <v>39</v>
       </c>
       <c r="C93" t="s">
         <v>10</v>
       </c>
       <c r="D93" t="s">
         <v>427</v>
       </c>
-      <c r="E93"/>
+      <c r="E93" t="s">
+        <v>428</v>
+      </c>
       <c r="F93" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="G93"/>
-      <c r="H93"/>
+      <c r="H93" t="s">
+        <v>430</v>
+      </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="B94" t="s">
-        <v>110</v>
+        <v>92</v>
       </c>
       <c r="C94" t="s">
         <v>10</v>
       </c>
       <c r="D94" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="E94" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="F94" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="G94"/>
       <c r="H94"/>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B95" t="s">
-        <v>86</v>
+        <v>116</v>
       </c>
       <c r="C95" t="s">
         <v>10</v>
       </c>
       <c r="D95" t="s">
-        <v>434</v>
-[...3 lines deleted...]
-      </c>
+        <v>436</v>
+      </c>
+      <c r="E95"/>
       <c r="F95" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="G95"/>
       <c r="H95"/>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B96" t="s">
-        <v>438</v>
+        <v>121</v>
       </c>
       <c r="C96" t="s">
         <v>10</v>
       </c>
       <c r="D96" t="s">
         <v>439</v>
       </c>
       <c r="E96" t="s">
         <v>440</v>
       </c>
       <c r="F96" t="s">
         <v>441</v>
       </c>
-      <c r="G96" t="s">
+      <c r="G96"/>
+      <c r="H96"/>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
         <v>442</v>
       </c>
-      <c r="H96"/>
+      <c r="B97" t="s">
+        <v>92</v>
+      </c>
+      <c r="C97" t="s">
+        <v>10</v>
+      </c>
+      <c r="D97" t="s">
+        <v>443</v>
+      </c>
+      <c r="E97" t="s">
+        <v>444</v>
+      </c>
+      <c r="F97" t="s">
+        <v>445</v>
+      </c>
+      <c r="G97"/>
+      <c r="H97"/>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>446</v>
+      </c>
+      <c r="B98" t="s">
+        <v>447</v>
+      </c>
+      <c r="C98" t="s">
+        <v>10</v>
+      </c>
+      <c r="D98" t="s">
+        <v>448</v>
+      </c>
+      <c r="E98" t="s">
+        <v>449</v>
+      </c>
+      <c r="F98" t="s">
+        <v>450</v>
+      </c>
+      <c r="G98" t="s">
+        <v>451</v>
+      </c>
+      <c r="H98"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>