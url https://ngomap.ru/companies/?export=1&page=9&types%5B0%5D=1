--- v1 (2025-12-06)
+++ v2 (2026-03-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Организации" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="657">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="705">
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Вид</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Веб-сайт</t>
   </si>
   <si>
     <t>E-mail</t>
   </si>
   <si>
     <t>Успешные практики</t>
   </si>
   <si>
     <t>Проекты</t>
   </si>
   <si>
@@ -113,56 +113,98 @@
   <si>
     <t>Красный проспект, 28</t>
   </si>
   <si>
     <t>https://nko.nso.ru/</t>
   </si>
   <si>
     <t>doo@nso.ru</t>
   </si>
   <si>
     <t>АНО "Центр массовых коммуникаций и развития молодежи"</t>
   </si>
   <si>
     <t>Смоленская область</t>
   </si>
   <si>
     <t>214025, Смоленская область, г Смоленск, ул Академика Петрова, д. 14, кв. 26</t>
   </si>
   <si>
     <t>https://rc-nko.ru/</t>
   </si>
   <si>
     <t>info@rc-nko.ru</t>
   </si>
   <si>
+    <t>Автономная некоммерческая организация по поддержке и развитию некоммерческого сектора «Академия НКО»</t>
+  </si>
+  <si>
+    <t>Ленинградская область</t>
+  </si>
+  <si>
+    <t>Ленинградская обл., г. Кириши, ул. Декабристов Бестужевых 4Д</t>
+  </si>
+  <si>
+    <t>http://dobro.krsh.ru.tilda.ws</t>
+  </si>
+  <si>
+    <t>dobro_kirishi@mail.ru</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "КОНСУЛЬТАЦИОННЫЙ РЕСУРСНЫЙ ЦЕНТР ДЛЯ НЕКОММЕРЧЕСКИХ ОРГАНИЗАЦИЙ, МАЛОГО И СРЕДНЕГО ПРЕДПРИНИМАТЕЛЬСТВА"</t>
+  </si>
+  <si>
+    <t>Воронежская область</t>
+  </si>
+  <si>
+    <t>Воронеж, ул. Фридриха Энгельса, 60А</t>
+  </si>
+  <si>
+    <t>https://krc36.ru/</t>
+  </si>
+  <si>
+    <t>nko@krc36.ru</t>
+  </si>
+  <si>
+    <t>Отдел мониторинга, экспертизы и поддержки НКО – Ресурсный центр ГКУ РБ «Аппарат Общественной палаты Республики Башкортостан»</t>
+  </si>
+  <si>
+    <t>Республика Башкортостан</t>
+  </si>
+  <si>
+    <t>г. Уфа, ул Заки Валиди, д. 40</t>
+  </si>
+  <si>
+    <t>https://nkorb.ru/</t>
+  </si>
+  <si>
+    <t>nko-rb@mail.ru</t>
+  </si>
+  <si>
     <t>Автономная некоммерческая организация по развитию социально значимых сфер жизни и индивидуального творчества "Бирюзовая линия"</t>
   </si>
   <si>
-    <t>Ленинградская область</t>
-[...1 lines deleted...]
-  <si>
     <t>187110, Ленинградская область, г. Кириши, пр-кт Ленина, д. 4, помещ. 1Н, офис 1</t>
   </si>
   <si>
     <t>https://bir-line.ru/</t>
   </si>
   <si>
     <t>info@bir-line.ru</t>
   </si>
   <si>
     <t>Оператор гранта Губернатора Ленинградской области</t>
   </si>
   <si>
     <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ ПО РЕАЛИЗАЦИИ ПРОЕКТОВ В СФЕРЕ ТУРИЗМА «ЦЕНТР РАЗВИТИЯ»</t>
   </si>
   <si>
     <t>187320, РОССИЯ, обл ЛЕНИНГРАДСКАЯ, р-н КИРОВСКИЙ, г ШЛИССЕЛЬБУРГ, ул СТАРОЛАДОЖСКИЙ КАНАЛ, ДОМ 2</t>
   </si>
   <si>
     <t>https://techtravel.ru/</t>
   </si>
   <si>
     <t>anorestart4.0@yandex.ru</t>
   </si>
   <si>
     <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ СОДЕЙСТВИЯ ГРАЖДАНСКИМ ИНИЦИАТИВАМ РЕСУРСНЫЙ ЦЕНТР "ФАКТОР"</t>
@@ -230,53 +272,50 @@
   <si>
     <t>607233, Нижегородская область, г.Арзамас, ул. Жуковского, д.2</t>
   </si>
   <si>
     <t>crd_mycity@mail.ru</t>
   </si>
   <si>
     <t>Фонд «Краевой центр развития гражданских инициатив и социально ориентированных некоммерческих организаций»</t>
   </si>
   <si>
     <t>Хабаровский край</t>
   </si>
   <si>
     <t>Хабаровский край, г. Хабаровск, ул. Ленина, 4</t>
   </si>
   <si>
     <t>https://mykhabkray.ru/</t>
   </si>
   <si>
     <t>info@mykhabkray.ru</t>
   </si>
   <si>
     <t>АНО Региональный ресурсный центр поддержки гражданских инициатив</t>
   </si>
   <si>
-    <t>Республика Башкортостан</t>
-[...1 lines deleted...]
-  <si>
     <t>г.Стерлитамак, ул.Якутова, 9б</t>
   </si>
   <si>
     <t>https://rrcpgi.ru/</t>
   </si>
   <si>
     <t>rrcpgi_str@mail.ru</t>
   </si>
   <si>
     <t>#АЛГА (Акселератор Лидеров и Гражданских Активистов)</t>
   </si>
   <si>
     <t>Губернаторский центр «Вместе мы сильнее»</t>
   </si>
   <si>
     <t>Архангельская область</t>
   </si>
   <si>
     <t>163000, Архангельская область, г Архангельск, ул Попова, д. 17</t>
   </si>
   <si>
     <t>jobcs@mail.ru</t>
   </si>
   <si>
     <t>АНО "Центр развития территории "Фёдорова гора"</t>
@@ -662,50 +701,62 @@
   <si>
     <t>164110, Архангельская область, г. Каргополь, пр. Октябрьский, д. 64, оф. 11</t>
   </si>
   <si>
     <t>https://art-kargopol.ru/</t>
   </si>
   <si>
     <t>info@art-kargopol.ru</t>
   </si>
   <si>
     <t>Кластер "Фамилия"</t>
   </si>
   <si>
     <t>Муниципальное бюджетное учреждение культуры "Устьяны"</t>
   </si>
   <si>
     <t>Архангельская область, Устьянский район, п. Октябрьский, ул. Ленина, дом 21</t>
   </si>
   <si>
     <t>https://www.ustyany.com</t>
   </si>
   <si>
     <t>ustyany29@mail.ru</t>
   </si>
   <si>
+    <t>АНО "Республиканский ресурсный центр по поддержке социально ориентированных некоммерческих организаций"</t>
+  </si>
+  <si>
+    <t>ул. Московская, д. 15, офис 223, Казань</t>
+  </si>
+  <si>
+    <t>https://nkort.ru/</t>
+  </si>
+  <si>
+    <t>rrc@nkort.ru</t>
+  </si>
+  <si>
     <t>Частное учреждение дополнительного образования "Репетитор+"</t>
   </si>
   <si>
     <t>юридический адрес: Россия, Белгородская область, Старый Оскол, микрорайон Макаренко, 39</t>
   </si>
   <si>
     <t>https://repetitorplus.nko31.ru/</t>
   </si>
   <si>
     <t>rr.plus@mail.ru</t>
   </si>
   <si>
     <t>Автономная некоммерческая организация Центр социальных инициатив «Единство»</t>
   </si>
   <si>
     <t>30964, Белгородская область, г. Новый Оскол, ул. Красноармейская, д. 2</t>
   </si>
   <si>
     <t>https://edinstvo.nko31.ru/</t>
   </si>
   <si>
     <t>n-noskoled@rambler.ru</t>
   </si>
   <si>
     <t>Грайворонская МОО "Центр поддержки гражданских инициатив"</t>
@@ -830,50 +881,62 @@
   <si>
     <t>acfa_np@mail.ru</t>
   </si>
   <si>
     <t>Сопровождение НКО по сдаче отчетности и ведению бухгалтерского учета, Сопровождение регистрации НКО в Минюсте РФ, Продвижение НКО на информационном ресурсе orientir-runo.ru</t>
   </si>
   <si>
     <t>Система наставничества НКО по вопросам делопроизводства и бухгалтерского учета как эффективный инструмент устойчивого развития институтов гражданского общества</t>
   </si>
   <si>
     <t>АНО Центр стратегического планирования Удмуртской Республики</t>
   </si>
   <si>
     <t>426054, Удмуртская Республика, г. Ижевск, 9-я Подлесная ул., д. 34, кв. 4</t>
   </si>
   <si>
     <t>https://co-compound.ru/</t>
   </si>
   <si>
     <t>csp-ur@mail.ru</t>
   </si>
   <si>
     <t>Координационный центр СОслужение, Конкурс добрых активностей "ДА"</t>
   </si>
   <si>
+    <t>ОРМД в УР "Креативный капитал"</t>
+  </si>
+  <si>
+    <t>Ижевск, ул. Красногеройская 63б</t>
+  </si>
+  <si>
+    <t>https://kreativniy.com</t>
+  </si>
+  <si>
+    <t>kreativkapital@gmail.com</t>
+  </si>
+  <si>
     <t>Ванинская районная социально-экологическая общественная организация "ПОБЕРЕЖЬЕ"</t>
   </si>
   <si>
     <t>682861 Хабаровский край рп Ванино ул Горького д.3 офис 1</t>
   </si>
   <si>
     <t>https://vk.link/the_coast_vanino</t>
   </si>
   <si>
     <t>the-coast@yandex.ru</t>
   </si>
   <si>
     <t>ОРОО "Центр инноваций социальной сферы"</t>
   </si>
   <si>
     <t>Омская область</t>
   </si>
   <si>
     <t>644007, г. Омск, ул. Чапаева, д. 111, оф. 106</t>
   </si>
   <si>
     <t>http://cissinfo.ru/</t>
   </si>
   <si>
     <t>rc-omsk@yandex.ru</t>
@@ -1382,50 +1445,68 @@
   <si>
     <t>Приморский край, остров Русский, полуостров Саперный, поселок Аякс, 10, Дальневосточный федеральный университет, корпус А, кабинет 810</t>
   </si>
   <si>
     <t>http://xn--80affnbzwljh8b0d5ag.xn--p1ai/</t>
   </si>
   <si>
     <t>fmsvl@mail.ru</t>
   </si>
   <si>
     <t>Благотворительный Фонд развития сообщества "Гарант"</t>
   </si>
   <si>
     <t>Архангельск, улица Попова, дом 18, офис 7 (левый подъезд, 4 этаж)</t>
   </si>
   <si>
     <t>http://fondgarant.ru/</t>
   </si>
   <si>
     <t>kalinina@ngo-garant.ru</t>
   </si>
   <si>
     <t>Успешные практики в жизнь: повышение потенциала инфраструктурных организаций для НКО, От практики к устойчивому развитию: повышение потенциала ресурсных центров для НКО, От разовой помощи к системному сотрудничеству: развитие потенциала НКО в привлечении местных ресурсов и выстраивании партнеров для решения социальных задач., Школа грантмейкинга: современные вызовы и перспективы</t>
   </si>
   <si>
+    <t>Новгородская региональная общественная организация "Творческий центр "Территория успеха"</t>
+  </si>
+  <si>
+    <t>174210 Новгородская область, г. Чудово, ул. Сергея Кузнецова, д.6 кв. 4</t>
+  </si>
+  <si>
+    <t>http://raduga53.ru</t>
+  </si>
+  <si>
+    <t>dolgopolowa.valentina2015@yandex.ru</t>
+  </si>
+  <si>
+    <t>Народный бюджет, Аракчеевский вестник, Думай! Решай! Действуй!, Семейный фестиваль "Папа,мама, я - дружная семья!"</t>
+  </si>
+  <si>
+    <t>Инициативная группа "Аракчеевский парк", Решаем Вместе!, Автопробег "Салют! Победа!"</t>
+  </si>
+  <si>
     <t>Межрегиональная общественная организация экологического и патриотического просвещения "Чистые Игры"</t>
   </si>
   <si>
     <t>Санкт-Петербург, Петергоф, улица Шахматова</t>
   </si>
   <si>
     <t>https://vk.com/sonko_cleangames</t>
   </si>
   <si>
     <t>vera@cleangames.ru</t>
   </si>
   <si>
     <t>Благотворительный фонд развития местного сообщества "Добрый город"</t>
   </si>
   <si>
     <t>Псков, ул. Ленина 7</t>
   </si>
   <si>
     <t>http://dobro-pskov.ru</t>
   </si>
   <si>
     <t>csdpr@csdpr.ru</t>
   </si>
   <si>
     <t>Ассоциация «Информационно-аналитический Центр развития гражданских инициатив» (НП «ИнА-Центр»)</t>
@@ -1646,50 +1727,65 @@
   <si>
     <t>Пермский край</t>
   </si>
   <si>
     <t>Пермский край, г. Краснокамск, ул. Энтузиастов, 24А</t>
   </si>
   <si>
     <t>https://vk.com/fonduspeh</t>
   </si>
   <si>
     <t>fonduspeh@mail.ru</t>
   </si>
   <si>
     <t>Детская общественная организация Курганской области "Открытый мир"</t>
   </si>
   <si>
     <t>640020, г. Курган, ул. Красина 27, 1 этаж.</t>
   </si>
   <si>
     <t>https://rrc.ow-tour.ru/</t>
   </si>
   <si>
     <t>resurscentrkgn@rambler.ru</t>
   </si>
   <si>
+    <t>Региональный Ресурсный центр Российского Союза Молодежи для СО НКО Свердловской области</t>
+  </si>
+  <si>
+    <t>г.Екатеринбург, ул. Малышева, д. 101, оф. 328</t>
+  </si>
+  <si>
+    <t>http://xn--80awbpbep.xn--p1ai/</t>
+  </si>
+  <si>
+    <t>rsm_ural@mail.ru</t>
+  </si>
+  <si>
+    <t>Клуб руководителей и бухгалтеров СО НКО, "Дни НКО в ОБщественной палате Свердловской области", Дни НКО: муниципальный этап</t>
+  </si>
+  <si>
     <t>Региональная общественная организация "Центр поддержки и развития некоммерческих организаций Ямала"</t>
   </si>
   <si>
     <t>629400, ЯНАО, г. Лабытнанги, ул. Обская д.6 «А», кв.44</t>
   </si>
   <si>
     <t>http://xn--80aa2afdei0l.xn--p1ai/</t>
   </si>
   <si>
     <t>PRIEMNAYA@NKOYAMALA.RU</t>
   </si>
   <si>
     <t>Видеокурс "НКО: первые шаги или как не споткнуться на старте"</t>
   </si>
   <si>
     <t>Инкубатор для НКО Ямала, Инкубатор для НКО Ямала. Версия 2.0, Ямальская Школа Амбассадоров Некммерческого Сектора, Инкубатор для НКО Ямала. Развитие</t>
   </si>
   <si>
     <t>Местная общественная организация Татарского района Новосибирской области "Ресурсный центр общественных инициатив"</t>
   </si>
   <si>
     <t>Новосибирская область, г. Татарск</t>
   </si>
   <si>
     <t>https://regiontatarsk.nso.ru/page/71</t>
@@ -1703,50 +1799,68 @@
   <si>
     <t>Красноярская региональная общественная организация "Ассоциация развития гражданского общества"</t>
   </si>
   <si>
     <t>Красноярский край, г.Железногорск, ул.Молодежная, 2</t>
   </si>
   <si>
     <t>http://kroo-argo.ru/</t>
   </si>
   <si>
     <t>kroo.argo@gmail.com</t>
   </si>
   <si>
     <t>Автономная Некоммерческая Организация (по предоставлению социально-правовых услуг) "Открытая Альтернатива"</t>
   </si>
   <si>
     <t>445000, Самарская область, г.о. Тольятти, ул.Индустриальная 4, Литер А-1</t>
   </si>
   <si>
     <t>http://xn--80aaaajqwllvfzevcde6mxa1d.xn--p1ai/</t>
   </si>
   <si>
     <t>dop_adres_oa@mail.ru</t>
   </si>
   <si>
+    <t>Автономная некоммерческая организация "Общественный центр социальных инициатив"</t>
+  </si>
+  <si>
+    <t>347810 Россия, Ростовская обл., г. Каменск-Шахтинский, пр. К. Маркса, д. 28, к. 9</t>
+  </si>
+  <si>
+    <t>https://anoocsi.ru/</t>
+  </si>
+  <si>
+    <t>anoocsi@yandex.ru</t>
+  </si>
+  <si>
+    <t>Поддержка социально ориентированных некоммерческих организаций (СО НКО) и развитие институтов гражданского общества</t>
+  </si>
+  <si>
+    <t>Точка роста НКО: Донбасс</t>
+  </si>
+  <si>
     <t>АНО Кировский центр поддержки некоммерческих организаций</t>
   </si>
   <si>
     <t>Кировская область</t>
   </si>
   <si>
     <t>610011, Россия, Кировская область, , город Киров,улица Кольцова, д. 11, к.72</t>
   </si>
   <si>
     <t>http://ngo-kirov.ru</t>
   </si>
   <si>
     <t>ngo-kirov@mail.ru</t>
   </si>
   <si>
     <t>Центр развития НКО Ульяновской области</t>
   </si>
   <si>
     <t>Ульяновская область</t>
   </si>
   <si>
     <t>г. Ульяновск, ул. Радищева, д. 1, каб. 110</t>
   </si>
   <si>
     <t>https://opuo.ru/nko/</t>
@@ -1808,60 +1922,90 @@
   <si>
     <t>Межрегиональная благотворительная общественная организация "Центр социальных технологий "Гарант"</t>
   </si>
   <si>
     <t>163000, Архангельск, улица Попова, дом 18 (1 подъезд, 4 этаж)</t>
   </si>
   <si>
     <t>https://ngogarant.ru/</t>
   </si>
   <si>
     <t>garant@ngo-garant.ru</t>
   </si>
   <si>
     <t>Школа тренеров некоммерческого сектора, Школа для тренеров некоммерческого сектора: расширяем профессиональное сообщество, Сила вместе: ресурс для ресурсных центров</t>
   </si>
   <si>
     <t>Фонд "Ресурсный центр поддержки социально ориентированных организаций, проектов и программ"</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
   </si>
   <si>
     <t>solovjeva.natalja@gmail.com</t>
   </si>
   <si>
+    <t>Фонд содействия развитию гражданских инициатив "Мельница"</t>
+  </si>
+  <si>
+    <t>Карелия</t>
+  </si>
+  <si>
+    <t>Республика Карелия пгт Пряжа ул. Петрозаводская, 16</t>
+  </si>
+  <si>
+    <t>http://fond-melnica.ru</t>
+  </si>
+  <si>
+    <t>fondmelnik@mail.ru</t>
+  </si>
+  <si>
+    <t>35 реальных практик по работе с сообществами: бери и делай!, Создание и развитие общественного пространства на селе, Радиус Доверия: от аналитики к системной поддержке, Село в наших руках, Методы исследований сообществ</t>
+  </si>
+  <si>
+    <t>Радиус доверия. Расширяем границы, Территориальный альянс, Скрепы сообществ Карелии</t>
+  </si>
+  <si>
     <t>Некоммерческая организация "Фонд поддержки гражданских инициатив"</t>
   </si>
   <si>
     <t>160035, г. Вологда, Советский пр., 35-а</t>
   </si>
   <si>
     <t>http://fpgi.ru/</t>
   </si>
   <si>
     <t>fond-pgi@yandex.ru</t>
+  </si>
+  <si>
+    <t>Ресурсный центр поддержки общественных инициатив Северного района Новосибирской области</t>
+  </si>
+  <si>
+    <t>Новосибирская область; Северный р-он; с. Северное</t>
+  </si>
+  <si>
+    <t>sevbibl@mail.ru</t>
   </si>
   <si>
     <t>Кемеровская региональная общественная организация "Кузбасский центр поддержки общественных инициатив"</t>
   </si>
   <si>
     <t>Кемеровская область</t>
   </si>
   <si>
     <t>г.Кемерово, 650000, Ул.Ноградская, 3, к.18</t>
   </si>
   <si>
     <t>http://init-kc.ru</t>
   </si>
   <si>
     <t>smk@kemail.ru</t>
   </si>
   <si>
     <t>Потенциал НКО на развитие Кузбасса, Некоммерческий сектор Кузбасса: устойчивое развитие, Общественные советы - ресурс для социально-экономического развития региона, Ресурсные возможности: поддержка общественных инициатив на муниципальном уровне</t>
   </si>
   <si>
     <t>ЧРОО «Центр Волонтёрских Объединений»</t>
   </si>
   <si>
     <t>г. Челябинск, ул. Сони Кривой 75А, 6 этаж, офис 608</t>
   </si>
@@ -2342,64 +2486,64 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:H146"/>
+  <dimension ref="A1:H156"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H1" sqref="H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="229.943848" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.135986" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="35.2771" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="162.674561" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="69.554443" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="36.419678" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="42.418213" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="764.384766" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="456.459961" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
@@ -2514,148 +2658,148 @@
         <v>32</v>
       </c>
       <c r="G6"/>
       <c r="H6"/>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>33</v>
       </c>
       <c r="B7" t="s">
         <v>34</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
         <v>35</v>
       </c>
       <c r="E7" t="s">
         <v>36</v>
       </c>
       <c r="F7" t="s">
         <v>37</v>
       </c>
       <c r="G7"/>
-      <c r="H7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H7"/>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>38</v>
+      </c>
+      <c r="B8" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
         <v>40</v>
       </c>
       <c r="E8" t="s">
         <v>41</v>
       </c>
       <c r="F8" t="s">
         <v>42</v>
       </c>
       <c r="G8"/>
       <c r="H8"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>43</v>
       </c>
       <c r="B9" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E9" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F9" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G9"/>
-      <c r="H9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H9"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>48</v>
       </c>
       <c r="B10" t="s">
+        <v>34</v>
+      </c>
+      <c r="C10" t="s">
+        <v>10</v>
+      </c>
+      <c r="D10" t="s">
         <v>49</v>
       </c>
-      <c r="C10" t="s">
-[...2 lines deleted...]
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>50</v>
       </c>
-      <c r="E10"/>
       <c r="F10" t="s">
         <v>51</v>
       </c>
       <c r="G10"/>
-      <c r="H10"/>
+      <c r="H10" t="s">
+        <v>52</v>
+      </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B11" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
         <v>54</v>
       </c>
       <c r="E11" t="s">
         <v>55</v>
       </c>
       <c r="F11" t="s">
         <v>56</v>
       </c>
       <c r="G11"/>
       <c r="H11"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>57</v>
       </c>
       <c r="B12" t="s">
-        <v>49</v>
+        <v>34</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
         <v>58</v>
       </c>
       <c r="E12" t="s">
         <v>59</v>
       </c>
       <c r="F12" t="s">
         <v>60</v>
       </c>
       <c r="G12"/>
       <c r="H12" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>62</v>
       </c>
       <c r="B13" t="s">
         <v>63</v>
       </c>
@@ -2677,2974 +2821,3206 @@
         <v>66</v>
       </c>
       <c r="B14" t="s">
         <v>67</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
         <v>68</v>
       </c>
       <c r="E14" t="s">
         <v>69</v>
       </c>
       <c r="F14" t="s">
         <v>70</v>
       </c>
       <c r="G14"/>
       <c r="H14"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>71</v>
       </c>
       <c r="B15" t="s">
+        <v>63</v>
+      </c>
+      <c r="C15" t="s">
+        <v>10</v>
+      </c>
+      <c r="D15" t="s">
         <v>72</v>
       </c>
-      <c r="C15" t="s">
-[...2 lines deleted...]
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>73</v>
       </c>
-      <c r="E15" t="s">
+      <c r="F15" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="G15"/>
       <c r="H15" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
+        <v>76</v>
+      </c>
+      <c r="B16" t="s">
         <v>77</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
+        <v>10</v>
+      </c>
+      <c r="D16" t="s">
         <v>78</v>
-      </c>
-[...4 lines deleted...]
-        <v>79</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="G16"/>
       <c r="H16"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
+        <v>80</v>
+      </c>
+      <c r="B17" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
         <v>82</v>
       </c>
-      <c r="E17"/>
+      <c r="E17" t="s">
+        <v>83</v>
+      </c>
       <c r="F17" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="G17"/>
       <c r="H17"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B18" t="s">
-        <v>78</v>
+        <v>44</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="E18"/>
+        <v>86</v>
+      </c>
+      <c r="E18" t="s">
+        <v>87</v>
+      </c>
       <c r="F18" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="G18"/>
-      <c r="H18"/>
+      <c r="H18" t="s">
+        <v>89</v>
+      </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B19" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>89</v>
-[...3 lines deleted...]
-      </c>
+        <v>92</v>
+      </c>
+      <c r="E19"/>
       <c r="F19" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="G19"/>
       <c r="H19"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B20" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="E20" t="s">
         <v>95</v>
       </c>
+      <c r="E20"/>
       <c r="F20" t="s">
         <v>96</v>
       </c>
       <c r="G20"/>
       <c r="H20"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>97</v>
       </c>
       <c r="B21" t="s">
+        <v>91</v>
+      </c>
+      <c r="C21" t="s">
+        <v>10</v>
+      </c>
+      <c r="D21" t="s">
         <v>98</v>
       </c>
-      <c r="C21" t="s">
-[...2 lines deleted...]
-      <c r="D21" t="s">
+      <c r="E21"/>
+      <c r="F21" t="s">
         <v>99</v>
-      </c>
-[...4 lines deleted...]
-        <v>101</v>
       </c>
       <c r="G21"/>
       <c r="H21"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
+        <v>100</v>
+      </c>
+      <c r="B22" t="s">
+        <v>101</v>
+      </c>
+      <c r="C22" t="s">
+        <v>10</v>
+      </c>
+      <c r="D22" t="s">
         <v>102</v>
       </c>
-      <c r="B22" t="s">
+      <c r="E22" t="s">
         <v>103</v>
       </c>
-      <c r="C22" t="s">
-[...2 lines deleted...]
-      <c r="D22" t="s">
+      <c r="F22" t="s">
         <v>104</v>
-      </c>
-[...4 lines deleted...]
-        <v>106</v>
       </c>
       <c r="G22"/>
       <c r="H22"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
+        <v>105</v>
+      </c>
+      <c r="B23" t="s">
+        <v>106</v>
+      </c>
+      <c r="C23" t="s">
+        <v>10</v>
+      </c>
+      <c r="D23" t="s">
         <v>107</v>
       </c>
-      <c r="B23" t="s">
+      <c r="E23" t="s">
         <v>108</v>
       </c>
-      <c r="C23" t="s">
-[...2 lines deleted...]
-      <c r="D23" t="s">
+      <c r="F23" t="s">
         <v>109</v>
-      </c>
-[...4 lines deleted...]
-        <v>111</v>
       </c>
       <c r="G23"/>
       <c r="H23"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
+        <v>110</v>
+      </c>
+      <c r="B24" t="s">
+        <v>111</v>
+      </c>
+      <c r="C24" t="s">
+        <v>10</v>
+      </c>
+      <c r="D24" t="s">
         <v>112</v>
       </c>
-      <c r="B24" t="s">
+      <c r="E24" t="s">
         <v>113</v>
       </c>
-      <c r="C24" t="s">
-[...2 lines deleted...]
-      <c r="D24" t="s">
+      <c r="F24" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>116</v>
       </c>
       <c r="G24"/>
       <c r="H24"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
+        <v>115</v>
+      </c>
+      <c r="B25" t="s">
+        <v>116</v>
+      </c>
+      <c r="C25" t="s">
+        <v>10</v>
+      </c>
+      <c r="D25" t="s">
         <v>117</v>
       </c>
-      <c r="B25" t="s">
-[...5 lines deleted...]
-      <c r="D25" t="s">
+      <c r="E25" t="s">
         <v>118</v>
       </c>
-      <c r="E25"/>
       <c r="F25" t="s">
         <v>119</v>
       </c>
       <c r="G25"/>
       <c r="H25"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>120</v>
       </c>
       <c r="B26" t="s">
-        <v>53</v>
+        <v>121</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E26" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F26" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G26"/>
       <c r="H26"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B27" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E27" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F27" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="G27"/>
       <c r="H27"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B28" t="s">
-        <v>63</v>
+        <v>126</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>130</v>
-[...1 lines deleted...]
-      <c r="E28" t="s">
         <v>131</v>
       </c>
+      <c r="E28"/>
       <c r="F28" t="s">
         <v>132</v>
       </c>
       <c r="G28"/>
       <c r="H28"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>133</v>
       </c>
       <c r="B29" t="s">
+        <v>67</v>
+      </c>
+      <c r="C29" t="s">
+        <v>10</v>
+      </c>
+      <c r="D29" t="s">
         <v>134</v>
       </c>
-      <c r="C29" t="s">
-[...2 lines deleted...]
-      <c r="D29" t="s">
+      <c r="E29" t="s">
         <v>135</v>
       </c>
-      <c r="E29" t="s">
+      <c r="F29" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="G29"/>
       <c r="H29"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
+        <v>137</v>
+      </c>
+      <c r="B30" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
         <v>139</v>
       </c>
-      <c r="E30"/>
+      <c r="E30" t="s">
+        <v>140</v>
+      </c>
       <c r="F30" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="G30"/>
       <c r="H30"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B31" t="s">
-        <v>142</v>
+        <v>77</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
         <v>143</v>
       </c>
-      <c r="E31"/>
+      <c r="E31" t="s">
+        <v>144</v>
+      </c>
       <c r="F31" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="G31"/>
       <c r="H31"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B32" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>147</v>
-[...1 lines deleted...]
-      <c r="E32"/>
+        <v>148</v>
+      </c>
+      <c r="E32" t="s">
+        <v>149</v>
+      </c>
       <c r="F32" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="G32"/>
       <c r="H32"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="B33" t="s">
-        <v>150</v>
+        <v>81</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>151</v>
-[...1 lines deleted...]
-      <c r="E33" t="s">
         <v>152</v>
       </c>
+      <c r="E33"/>
       <c r="F33" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="G33"/>
       <c r="H33"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B34" t="s">
-        <v>88</v>
+        <v>155</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>154</v>
-[...3 lines deleted...]
-      </c>
+        <v>156</v>
+      </c>
+      <c r="E34"/>
       <c r="F34" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="G34"/>
       <c r="H34"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B35" t="s">
-        <v>15</v>
+        <v>159</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>158</v>
-[...3 lines deleted...]
-      </c>
+        <v>160</v>
+      </c>
+      <c r="E35"/>
       <c r="F35" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="G35"/>
       <c r="H35"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B36" t="s">
-        <v>49</v>
+        <v>163</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="E36" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="F36" t="s">
         <v>164</v>
       </c>
       <c r="G36"/>
       <c r="H36"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B37" t="s">
-        <v>166</v>
+        <v>101</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
         <v>167</v>
       </c>
       <c r="E37" t="s">
         <v>168</v>
       </c>
       <c r="F37" t="s">
         <v>169</v>
       </c>
       <c r="G37"/>
       <c r="H37"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>170</v>
       </c>
       <c r="B38" t="s">
-        <v>53</v>
+        <v>15</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
         <v>171</v>
       </c>
       <c r="E38" t="s">
         <v>172</v>
       </c>
       <c r="F38" t="s">
         <v>173</v>
       </c>
       <c r="G38"/>
-      <c r="H38" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H38"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
+        <v>174</v>
+      </c>
+      <c r="B39" t="s">
+        <v>63</v>
+      </c>
+      <c r="C39" t="s">
+        <v>10</v>
+      </c>
+      <c r="D39" t="s">
         <v>175</v>
       </c>
-      <c r="B39" t="s">
-[...5 lines deleted...]
-      <c r="D39" t="s">
+      <c r="E39" t="s">
         <v>176</v>
       </c>
-      <c r="E39"/>
       <c r="F39" t="s">
         <v>177</v>
       </c>
       <c r="G39"/>
       <c r="H39"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>178</v>
       </c>
       <c r="B40" t="s">
         <v>179</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
         <v>180</v>
       </c>
       <c r="E40" t="s">
         <v>181</v>
       </c>
       <c r="F40" t="s">
         <v>182</v>
       </c>
       <c r="G40"/>
       <c r="H40"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>183</v>
       </c>
       <c r="B41" t="s">
-        <v>98</v>
+        <v>67</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
         <v>184</v>
       </c>
-      <c r="E41"/>
+      <c r="E41" t="s">
+        <v>185</v>
+      </c>
       <c r="F41" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="G41"/>
-      <c r="H41"/>
+      <c r="H41" t="s">
+        <v>187</v>
+      </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B42" t="s">
-        <v>187</v>
+        <v>147</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="G42"/>
       <c r="H42"/>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B43" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="E43" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F43" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="G43"/>
       <c r="H43"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B44" t="s">
-        <v>196</v>
+        <v>111</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
         <v>197</v>
       </c>
-      <c r="E44" t="s">
+      <c r="E44"/>
+      <c r="F44" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="G44"/>
       <c r="H44"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
+        <v>199</v>
+      </c>
+      <c r="B45" t="s">
         <v>200</v>
       </c>
-      <c r="B45" t="s">
+      <c r="C45" t="s">
+        <v>10</v>
+      </c>
+      <c r="D45" t="s">
         <v>201</v>
-      </c>
-[...4 lines deleted...]
-        <v>202</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="G45"/>
       <c r="H45"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
+        <v>203</v>
+      </c>
+      <c r="B46" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
         <v>205</v>
       </c>
-      <c r="E46"/>
+      <c r="E46" t="s">
+        <v>206</v>
+      </c>
       <c r="F46" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="G46"/>
       <c r="H46"/>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B47" t="s">
-        <v>78</v>
+        <v>209</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="E47" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="F47" t="s">
-        <v>210</v>
-[...3 lines deleted...]
-      </c>
+        <v>212</v>
+      </c>
+      <c r="G47"/>
       <c r="H47"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B48" t="s">
-        <v>78</v>
+        <v>214</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>213</v>
-[...3 lines deleted...]
-      </c>
+        <v>215</v>
+      </c>
+      <c r="E48"/>
       <c r="F48" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="G48"/>
       <c r="H48"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B49" t="s">
-        <v>49</v>
+        <v>91</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>217</v>
-[...1 lines deleted...]
-      <c r="E49" t="s">
         <v>218</v>
       </c>
+      <c r="E49"/>
       <c r="F49" t="s">
         <v>219</v>
       </c>
       <c r="G49"/>
       <c r="H49"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>220</v>
       </c>
       <c r="B50" t="s">
-        <v>49</v>
+        <v>91</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
         <v>221</v>
       </c>
       <c r="E50" t="s">
         <v>222</v>
       </c>
       <c r="F50" t="s">
         <v>223</v>
       </c>
-      <c r="G50"/>
+      <c r="G50" t="s">
+        <v>224</v>
+      </c>
       <c r="H50"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B51" t="s">
-        <v>49</v>
+        <v>91</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E51" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="F51" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="G51"/>
       <c r="H51"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B52" t="s">
-        <v>229</v>
+        <v>214</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
         <v>230</v>
       </c>
-      <c r="E52"/>
+      <c r="E52" t="s">
+        <v>231</v>
+      </c>
       <c r="F52" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="G52"/>
-      <c r="H52" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H52"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>233</v>
       </c>
       <c r="B53" t="s">
-        <v>49</v>
+        <v>63</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
         <v>234</v>
       </c>
       <c r="E53" t="s">
         <v>235</v>
       </c>
       <c r="F53" t="s">
         <v>236</v>
       </c>
-      <c r="G53" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G53"/>
+      <c r="H53"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
+        <v>237</v>
+      </c>
+      <c r="B54" t="s">
+        <v>63</v>
+      </c>
+      <c r="C54" t="s">
+        <v>10</v>
+      </c>
+      <c r="D54" t="s">
+        <v>238</v>
+      </c>
+      <c r="E54" t="s">
         <v>239</v>
       </c>
-      <c r="B54" t="s">
+      <c r="F54" t="s">
         <v>240</v>
-      </c>
-[...10 lines deleted...]
-        <v>243</v>
       </c>
       <c r="G54"/>
       <c r="H54"/>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
+        <v>241</v>
+      </c>
+      <c r="B55" t="s">
+        <v>63</v>
+      </c>
+      <c r="C55" t="s">
+        <v>10</v>
+      </c>
+      <c r="D55" t="s">
+        <v>242</v>
+      </c>
+      <c r="E55" t="s">
+        <v>243</v>
+      </c>
+      <c r="F55" t="s">
         <v>244</v>
-      </c>
-[...13 lines deleted...]
-        <v>247</v>
       </c>
       <c r="G55"/>
       <c r="H55"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
+        <v>245</v>
+      </c>
+      <c r="B56" t="s">
+        <v>246</v>
+      </c>
+      <c r="C56" t="s">
+        <v>10</v>
+      </c>
+      <c r="D56" t="s">
+        <v>247</v>
+      </c>
+      <c r="E56"/>
+      <c r="F56" t="s">
         <v>248</v>
       </c>
-      <c r="B56" t="s">
-[...5 lines deleted...]
-      <c r="D56" t="s">
+      <c r="G56"/>
+      <c r="H56" t="s">
         <v>249</v>
-      </c>
-[...10 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
+        <v>250</v>
+      </c>
+      <c r="B57" t="s">
+        <v>63</v>
+      </c>
+      <c r="C57" t="s">
+        <v>10</v>
+      </c>
+      <c r="D57" t="s">
+        <v>251</v>
+      </c>
+      <c r="E57" t="s">
+        <v>252</v>
+      </c>
+      <c r="F57" t="s">
+        <v>253</v>
+      </c>
+      <c r="G57" t="s">
         <v>254</v>
       </c>
-      <c r="B57" t="s">
-[...5 lines deleted...]
-      <c r="D57" t="s">
+      <c r="H57" t="s">
         <v>255</v>
       </c>
-      <c r="E57" t="s">
-[...6 lines deleted...]
-      <c r="H57"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
+        <v>256</v>
+      </c>
+      <c r="B58" t="s">
+        <v>257</v>
+      </c>
+      <c r="C58" t="s">
+        <v>10</v>
+      </c>
+      <c r="D58" t="s">
         <v>258</v>
       </c>
-      <c r="B58" t="s">
-[...5 lines deleted...]
-      <c r="D58" t="s">
+      <c r="E58" t="s">
         <v>259</v>
       </c>
-      <c r="E58"/>
       <c r="F58" t="s">
         <v>260</v>
       </c>
       <c r="G58"/>
       <c r="H58"/>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>261</v>
       </c>
       <c r="B59" t="s">
+        <v>34</v>
+      </c>
+      <c r="C59" t="s">
+        <v>10</v>
+      </c>
+      <c r="D59" t="s">
         <v>262</v>
       </c>
-      <c r="C59" t="s">
-[...2 lines deleted...]
-      <c r="D59" t="s">
+      <c r="E59" t="s">
         <v>263</v>
       </c>
-      <c r="E59"/>
       <c r="F59" t="s">
         <v>264</v>
       </c>
-      <c r="G59" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G59"/>
+      <c r="H59"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
+        <v>265</v>
+      </c>
+      <c r="B60" t="s">
+        <v>63</v>
+      </c>
+      <c r="C60" t="s">
+        <v>10</v>
+      </c>
+      <c r="D60" t="s">
+        <v>266</v>
+      </c>
+      <c r="E60" t="s">
         <v>267</v>
       </c>
-      <c r="B60" t="s">
-[...5 lines deleted...]
-      <c r="D60" t="s">
+      <c r="F60" t="s">
         <v>268</v>
       </c>
-      <c r="E60" t="s">
+      <c r="G60" t="s">
         <v>269</v>
       </c>
-      <c r="F60" t="s">
+      <c r="H60" t="s">
         <v>270</v>
       </c>
-      <c r="G60" t="s">
-[...2 lines deleted...]
-      <c r="H60"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
+        <v>271</v>
+      </c>
+      <c r="B61" t="s">
+        <v>81</v>
+      </c>
+      <c r="C61" t="s">
+        <v>10</v>
+      </c>
+      <c r="D61" t="s">
         <v>272</v>
       </c>
-      <c r="B61" t="s">
-[...5 lines deleted...]
-      <c r="D61" t="s">
+      <c r="E61" t="s">
         <v>273</v>
       </c>
-      <c r="E61" t="s">
+      <c r="F61" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="G61"/>
       <c r="H61"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
+        <v>275</v>
+      </c>
+      <c r="B62" t="s">
+        <v>209</v>
+      </c>
+      <c r="C62" t="s">
+        <v>10</v>
+      </c>
+      <c r="D62" t="s">
         <v>276</v>
       </c>
-      <c r="B62" t="s">
+      <c r="E62"/>
+      <c r="F62" t="s">
         <v>277</v>
-      </c>
-[...10 lines deleted...]
-        <v>280</v>
       </c>
       <c r="G62"/>
       <c r="H62"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="B63" t="s">
-        <v>134</v>
+        <v>279</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="E63"/>
       <c r="F63" t="s">
+        <v>281</v>
+      </c>
+      <c r="G63" t="s">
+        <v>282</v>
+      </c>
+      <c r="H63" t="s">
         <v>283</v>
       </c>
-      <c r="G63" t="s">
-[...2 lines deleted...]
-      <c r="H63"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
+        <v>284</v>
+      </c>
+      <c r="B64" t="s">
+        <v>126</v>
+      </c>
+      <c r="C64" t="s">
+        <v>10</v>
+      </c>
+      <c r="D64" t="s">
         <v>285</v>
       </c>
-      <c r="B64" t="s">
+      <c r="E64" t="s">
         <v>286</v>
       </c>
-      <c r="C64" t="s">
-[...2 lines deleted...]
-      <c r="D64" t="s">
+      <c r="F64" t="s">
         <v>287</v>
       </c>
-      <c r="E64" t="s">
+      <c r="G64" t="s">
         <v>288</v>
-      </c>
-[...4 lines deleted...]
-        <v>290</v>
       </c>
       <c r="H64"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
+        <v>289</v>
+      </c>
+      <c r="B65" t="s">
+        <v>126</v>
+      </c>
+      <c r="C65" t="s">
+        <v>10</v>
+      </c>
+      <c r="D65" t="s">
+        <v>290</v>
+      </c>
+      <c r="E65" t="s">
         <v>291</v>
       </c>
-      <c r="B65" t="s">
+      <c r="F65" t="s">
         <v>292</v>
       </c>
-      <c r="C65" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="G65"/>
       <c r="H65"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="B66" t="s">
-        <v>298</v>
+        <v>81</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>299</v>
+        <v>294</v>
       </c>
       <c r="E66" t="s">
-        <v>300</v>
+        <v>295</v>
       </c>
       <c r="F66" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G66"/>
       <c r="H66"/>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>302</v>
+        <v>297</v>
       </c>
       <c r="B67" t="s">
-        <v>303</v>
+        <v>298</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="E67" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="F67" t="s">
-        <v>306</v>
-[...3 lines deleted...]
-      </c>
+        <v>301</v>
+      </c>
+      <c r="G67"/>
       <c r="H67"/>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>308</v>
+        <v>302</v>
       </c>
       <c r="B68" t="s">
-        <v>108</v>
+        <v>147</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>309</v>
-[...3 lines deleted...]
-      </c>
+        <v>303</v>
+      </c>
+      <c r="E68"/>
       <c r="F68" t="s">
-        <v>311</v>
-[...1 lines deleted...]
-      <c r="G68"/>
+        <v>304</v>
+      </c>
+      <c r="G68" t="s">
+        <v>305</v>
+      </c>
       <c r="H68"/>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="B69" t="s">
-        <v>150</v>
+        <v>307</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="E69" t="s">
-        <v>314</v>
+        <v>309</v>
       </c>
       <c r="F69" t="s">
-        <v>315</v>
-[...1 lines deleted...]
-      <c r="G69"/>
+        <v>310</v>
+      </c>
+      <c r="G69" t="s">
+        <v>311</v>
+      </c>
       <c r="H69"/>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
+        <v>312</v>
+      </c>
+      <c r="B70" t="s">
+        <v>313</v>
+      </c>
+      <c r="C70" t="s">
+        <v>10</v>
+      </c>
+      <c r="D70" t="s">
+        <v>314</v>
+      </c>
+      <c r="E70" t="s">
+        <v>315</v>
+      </c>
+      <c r="F70" t="s">
         <v>316</v>
       </c>
-      <c r="B70" t="s">
-[...5 lines deleted...]
-      <c r="D70" t="s">
+      <c r="G70" t="s">
         <v>317</v>
       </c>
-      <c r="E70"/>
-[...8 lines deleted...]
-      </c>
+      <c r="H70"/>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
+        <v>318</v>
+      </c>
+      <c r="B71" t="s">
+        <v>319</v>
+      </c>
+      <c r="C71" t="s">
+        <v>10</v>
+      </c>
+      <c r="D71" t="s">
+        <v>320</v>
+      </c>
+      <c r="E71" t="s">
         <v>321</v>
       </c>
-      <c r="B71" t="s">
-[...5 lines deleted...]
-      <c r="D71" t="s">
+      <c r="F71" t="s">
         <v>322</v>
-      </c>
-[...4 lines deleted...]
-        <v>324</v>
       </c>
       <c r="G71"/>
       <c r="H71"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
+        <v>323</v>
+      </c>
+      <c r="B72" t="s">
+        <v>324</v>
+      </c>
+      <c r="C72" t="s">
+        <v>10</v>
+      </c>
+      <c r="D72" t="s">
         <v>325</v>
       </c>
-      <c r="B72" t="s">
-[...5 lines deleted...]
-      <c r="D72" t="s">
+      <c r="E72" t="s">
         <v>326</v>
       </c>
-      <c r="E72" t="s">
+      <c r="F72" t="s">
         <v>327</v>
       </c>
-      <c r="F72" t="s">
+      <c r="G72" t="s">
         <v>328</v>
       </c>
-      <c r="G72" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H72"/>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
+        <v>329</v>
+      </c>
+      <c r="B73" t="s">
+        <v>121</v>
+      </c>
+      <c r="C73" t="s">
+        <v>10</v>
+      </c>
+      <c r="D73" t="s">
+        <v>330</v>
+      </c>
+      <c r="E73" t="s">
         <v>331</v>
       </c>
-      <c r="B73" t="s">
+      <c r="F73" t="s">
         <v>332</v>
       </c>
-      <c r="C73" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="G73"/>
+      <c r="H73"/>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>338</v>
+        <v>333</v>
       </c>
       <c r="B74" t="s">
-        <v>332</v>
+        <v>163</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>339</v>
+        <v>334</v>
       </c>
       <c r="E74" t="s">
-        <v>340</v>
+        <v>335</v>
       </c>
       <c r="F74" t="s">
-        <v>341</v>
+        <v>336</v>
       </c>
       <c r="G74"/>
-      <c r="H74" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H74"/>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>343</v>
+        <v>337</v>
       </c>
       <c r="B75" t="s">
-        <v>229</v>
+        <v>209</v>
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" t="s">
-        <v>344</v>
-[...3 lines deleted...]
-      </c>
+        <v>338</v>
+      </c>
+      <c r="E75"/>
       <c r="F75" t="s">
-        <v>346</v>
-[...2 lines deleted...]
-      <c r="H75"/>
+        <v>339</v>
+      </c>
+      <c r="G75" t="s">
+        <v>340</v>
+      </c>
+      <c r="H75" t="s">
+        <v>341</v>
+      </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>347</v>
+        <v>342</v>
       </c>
       <c r="B76" t="s">
-        <v>78</v>
+        <v>111</v>
       </c>
       <c r="C76" t="s">
         <v>10</v>
       </c>
       <c r="D76" t="s">
-        <v>348</v>
-[...1 lines deleted...]
-      <c r="E76"/>
+        <v>343</v>
+      </c>
+      <c r="E76" t="s">
+        <v>344</v>
+      </c>
       <c r="F76" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="G76"/>
-      <c r="H76" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H76"/>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
+        <v>346</v>
+      </c>
+      <c r="B77" t="s">
+        <v>257</v>
+      </c>
+      <c r="C77" t="s">
+        <v>10</v>
+      </c>
+      <c r="D77" t="s">
+        <v>347</v>
+      </c>
+      <c r="E77" t="s">
+        <v>348</v>
+      </c>
+      <c r="F77" t="s">
+        <v>349</v>
+      </c>
+      <c r="G77" t="s">
+        <v>350</v>
+      </c>
+      <c r="H77" t="s">
         <v>351</v>
       </c>
-      <c r="B77" t="s">
-[...13 lines deleted...]
-      <c r="H77"/>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
+        <v>352</v>
+      </c>
+      <c r="B78" t="s">
+        <v>353</v>
+      </c>
+      <c r="C78" t="s">
+        <v>10</v>
+      </c>
+      <c r="D78" t="s">
+        <v>354</v>
+      </c>
+      <c r="E78" t="s">
         <v>355</v>
       </c>
-      <c r="B78" t="s">
-[...5 lines deleted...]
-      <c r="D78" t="s">
+      <c r="F78" t="s">
         <v>356</v>
       </c>
-      <c r="E78" t="s">
+      <c r="G78" t="s">
         <v>357</v>
       </c>
-      <c r="F78" t="s">
+      <c r="H78" t="s">
         <v>358</v>
-      </c>
-[...2 lines deleted...]
-        <v>359</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
+        <v>359</v>
+      </c>
+      <c r="B79" t="s">
+        <v>353</v>
+      </c>
+      <c r="C79" t="s">
+        <v>10</v>
+      </c>
+      <c r="D79" t="s">
         <v>360</v>
       </c>
-      <c r="B79" t="s">
+      <c r="E79" t="s">
         <v>361</v>
       </c>
-      <c r="C79" t="s">
-[...2 lines deleted...]
-      <c r="D79" t="s">
+      <c r="F79" t="s">
         <v>362</v>
       </c>
-      <c r="E79" t="s">
+      <c r="G79"/>
+      <c r="H79" t="s">
         <v>363</v>
       </c>
-      <c r="F79" t="s">
-[...3 lines deleted...]
-      <c r="H79"/>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
+        <v>364</v>
+      </c>
+      <c r="B80" t="s">
+        <v>246</v>
+      </c>
+      <c r="C80" t="s">
+        <v>10</v>
+      </c>
+      <c r="D80" t="s">
         <v>365</v>
       </c>
-      <c r="B80" t="s">
-[...5 lines deleted...]
-      <c r="D80" t="s">
+      <c r="E80" t="s">
         <v>366</v>
       </c>
-      <c r="E80" t="s">
+      <c r="F80" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
       <c r="G80"/>
       <c r="H80"/>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
+        <v>368</v>
+      </c>
+      <c r="B81" t="s">
+        <v>91</v>
+      </c>
+      <c r="C81" t="s">
+        <v>10</v>
+      </c>
+      <c r="D81" t="s">
         <v>369</v>
       </c>
-      <c r="B81" t="s">
+      <c r="E81"/>
+      <c r="F81" t="s">
         <v>370</v>
       </c>
-      <c r="C81" t="s">
-[...2 lines deleted...]
-      <c r="D81" t="s">
+      <c r="G81"/>
+      <c r="H81" t="s">
         <v>371</v>
       </c>
-      <c r="E81" t="s">
-[...6 lines deleted...]
-      <c r="H81"/>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
+        <v>372</v>
+      </c>
+      <c r="B82" t="s">
+        <v>373</v>
+      </c>
+      <c r="C82" t="s">
+        <v>10</v>
+      </c>
+      <c r="D82" t="s">
         <v>374</v>
-      </c>
-[...7 lines deleted...]
-        <v>375</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="G82"/>
       <c r="H82"/>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
+        <v>376</v>
+      </c>
+      <c r="B83" t="s">
+        <v>246</v>
+      </c>
+      <c r="C83" t="s">
+        <v>10</v>
+      </c>
+      <c r="D83" t="s">
         <v>377</v>
       </c>
-      <c r="B83" t="s">
-[...5 lines deleted...]
-      <c r="D83" t="s">
+      <c r="E83" t="s">
         <v>378</v>
       </c>
-      <c r="E83"/>
       <c r="F83" t="s">
         <v>379</v>
       </c>
-      <c r="G83" t="s">
+      <c r="G83"/>
+      <c r="H83" t="s">
         <v>380</v>
       </c>
-      <c r="H83"/>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>381</v>
       </c>
       <c r="B84" t="s">
-        <v>24</v>
+        <v>382</v>
       </c>
       <c r="C84" t="s">
         <v>10</v>
       </c>
       <c r="D84" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="E84" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="F84" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="G84"/>
       <c r="H84"/>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B85" t="s">
-        <v>386</v>
+        <v>91</v>
       </c>
       <c r="C85" t="s">
         <v>10</v>
       </c>
       <c r="D85" t="s">
         <v>387</v>
       </c>
       <c r="E85" t="s">
         <v>388</v>
       </c>
       <c r="F85" t="s">
         <v>389</v>
       </c>
       <c r="G85"/>
       <c r="H85"/>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>390</v>
       </c>
       <c r="B86" t="s">
         <v>391</v>
       </c>
       <c r="C86" t="s">
         <v>10</v>
       </c>
       <c r="D86" t="s">
         <v>392</v>
       </c>
       <c r="E86" t="s">
         <v>393</v>
       </c>
       <c r="F86" t="s">
         <v>394</v>
       </c>
       <c r="G86"/>
       <c r="H86"/>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>395</v>
       </c>
       <c r="B87" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
       <c r="C87" t="s">
         <v>10</v>
       </c>
       <c r="D87" t="s">
         <v>396</v>
       </c>
-      <c r="E87" t="s">
+      <c r="E87"/>
+      <c r="F87" t="s">
         <v>397</v>
-      </c>
-[...1 lines deleted...]
-        <v>398</v>
       </c>
       <c r="G87"/>
       <c r="H87"/>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
+        <v>398</v>
+      </c>
+      <c r="B88" t="s">
+        <v>24</v>
+      </c>
+      <c r="C88" t="s">
+        <v>10</v>
+      </c>
+      <c r="D88" t="s">
         <v>399</v>
       </c>
-      <c r="B88" t="s">
-[...5 lines deleted...]
-      <c r="D88" t="s">
+      <c r="E88"/>
+      <c r="F88" t="s">
         <v>400</v>
       </c>
-      <c r="E88" t="s">
+      <c r="G88" t="s">
         <v>401</v>
       </c>
-      <c r="F88" t="s">
-[...2 lines deleted...]
-      <c r="G88"/>
       <c r="H88"/>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
+        <v>402</v>
+      </c>
+      <c r="B89" t="s">
+        <v>24</v>
+      </c>
+      <c r="C89" t="s">
+        <v>10</v>
+      </c>
+      <c r="D89" t="s">
         <v>403</v>
       </c>
-      <c r="B89" t="s">
+      <c r="E89" t="s">
         <v>404</v>
       </c>
-      <c r="C89" t="s">
-[...2 lines deleted...]
-      <c r="D89" t="s">
+      <c r="F89" t="s">
         <v>405</v>
-      </c>
-[...2 lines deleted...]
-        <v>406</v>
       </c>
       <c r="G89"/>
       <c r="H89"/>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
+        <v>406</v>
+      </c>
+      <c r="B90" t="s">
         <v>407</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="C90" t="s">
         <v>10</v>
       </c>
       <c r="D90" t="s">
         <v>408</v>
       </c>
-      <c r="E90"/>
+      <c r="E90" t="s">
+        <v>409</v>
+      </c>
       <c r="F90" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="G90"/>
       <c r="H90"/>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B91" t="s">
-        <v>134</v>
+        <v>412</v>
       </c>
       <c r="C91" t="s">
         <v>10</v>
       </c>
       <c r="D91" t="s">
-        <v>411</v>
-[...1 lines deleted...]
-      <c r="E91"/>
+        <v>413</v>
+      </c>
+      <c r="E91" t="s">
+        <v>414</v>
+      </c>
       <c r="F91" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="G91"/>
       <c r="H91"/>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="B92" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="C92" t="s">
         <v>10</v>
       </c>
       <c r="D92" t="s">
-        <v>414</v>
-[...1 lines deleted...]
-      <c r="E92"/>
+        <v>417</v>
+      </c>
+      <c r="E92" t="s">
+        <v>418</v>
+      </c>
       <c r="F92" t="s">
-        <v>415</v>
-[...3 lines deleted...]
-      </c>
+        <v>419</v>
+      </c>
+      <c r="G92"/>
       <c r="H92"/>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="B93" t="s">
-        <v>418</v>
+        <v>324</v>
       </c>
       <c r="C93" t="s">
         <v>10</v>
       </c>
       <c r="D93" t="s">
-        <v>419</v>
-[...1 lines deleted...]
-      <c r="E93"/>
+        <v>421</v>
+      </c>
+      <c r="E93" t="s">
+        <v>422</v>
+      </c>
       <c r="F93" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="G93"/>
       <c r="H93"/>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="B94" t="s">
-        <v>404</v>
+        <v>425</v>
       </c>
       <c r="C94" t="s">
         <v>10</v>
       </c>
       <c r="D94" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="E94"/>
       <c r="F94" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="G94"/>
       <c r="H94"/>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="B95" t="s">
-        <v>24</v>
+        <v>147</v>
       </c>
       <c r="C95" t="s">
         <v>10</v>
       </c>
       <c r="D95" t="s">
-        <v>425</v>
-[...3 lines deleted...]
-      </c>
+        <v>429</v>
+      </c>
+      <c r="E95"/>
       <c r="F95" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="G95"/>
       <c r="H95"/>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="B96" t="s">
-        <v>53</v>
+        <v>147</v>
       </c>
       <c r="C96" t="s">
         <v>10</v>
       </c>
       <c r="D96" t="s">
-        <v>429</v>
-[...3 lines deleted...]
-      </c>
+        <v>432</v>
+      </c>
+      <c r="E96"/>
       <c r="F96" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="G96"/>
       <c r="H96"/>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B97" t="s">
-        <v>262</v>
+        <v>15</v>
       </c>
       <c r="C97" t="s">
         <v>10</v>
       </c>
       <c r="D97" t="s">
-        <v>433</v>
-[...3 lines deleted...]
-      </c>
+        <v>435</v>
+      </c>
+      <c r="E97"/>
       <c r="F97" t="s">
-        <v>435</v>
-[...1 lines deleted...]
-      <c r="G97"/>
+        <v>436</v>
+      </c>
+      <c r="G97" t="s">
+        <v>437</v>
+      </c>
       <c r="H97"/>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="B98" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="C98" t="s">
         <v>10</v>
       </c>
       <c r="D98" t="s">
-        <v>438</v>
-[...3 lines deleted...]
-      </c>
+        <v>440</v>
+      </c>
+      <c r="E98"/>
       <c r="F98" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="G98"/>
       <c r="H98"/>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="B99" t="s">
-        <v>67</v>
+        <v>425</v>
       </c>
       <c r="C99" t="s">
         <v>10</v>
       </c>
       <c r="D99" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="E99"/>
       <c r="F99" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="G99"/>
       <c r="H99"/>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="B100" t="s">
-        <v>67</v>
+        <v>24</v>
       </c>
       <c r="C100" t="s">
         <v>10</v>
       </c>
       <c r="D100" t="s">
-        <v>445</v>
-[...1 lines deleted...]
-      <c r="E100"/>
+        <v>446</v>
+      </c>
+      <c r="E100" t="s">
+        <v>447</v>
+      </c>
       <c r="F100" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="G100"/>
       <c r="H100"/>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B101" t="s">
-        <v>146</v>
+        <v>67</v>
       </c>
       <c r="C101" t="s">
         <v>10</v>
       </c>
       <c r="D101" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E101" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F101" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="G101"/>
       <c r="H101"/>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B102" t="s">
-        <v>78</v>
+        <v>279</v>
       </c>
       <c r="C102" t="s">
         <v>10</v>
       </c>
       <c r="D102" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="E102" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="F102" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="G102"/>
-      <c r="H102" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H102"/>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="B103" t="s">
-        <v>34</v>
+        <v>458</v>
       </c>
       <c r="C103" t="s">
         <v>10</v>
       </c>
       <c r="D103" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="E103" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="F103" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="G103"/>
       <c r="H103"/>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B104" t="s">
-        <v>187</v>
+        <v>81</v>
       </c>
       <c r="C104" t="s">
         <v>10</v>
       </c>
       <c r="D104" t="s">
-        <v>461</v>
-[...3 lines deleted...]
-      </c>
+        <v>463</v>
+      </c>
+      <c r="E104"/>
       <c r="F104" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="G104"/>
       <c r="H104"/>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="B105" t="s">
-        <v>24</v>
+        <v>81</v>
       </c>
       <c r="C105" t="s">
         <v>10</v>
       </c>
       <c r="D105" t="s">
-        <v>465</v>
-[...1 lines deleted...]
-      <c r="E105" t="s">
         <v>466</v>
       </c>
+      <c r="E105"/>
       <c r="F105" t="s">
         <v>467</v>
       </c>
       <c r="G105"/>
       <c r="H105"/>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>468</v>
       </c>
       <c r="B106" t="s">
-        <v>24</v>
+        <v>159</v>
       </c>
       <c r="C106" t="s">
         <v>10</v>
       </c>
       <c r="D106" t="s">
         <v>469</v>
       </c>
       <c r="E106" t="s">
         <v>470</v>
       </c>
       <c r="F106" t="s">
         <v>471</v>
       </c>
       <c r="G106"/>
       <c r="H106"/>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>472</v>
       </c>
       <c r="B107" t="s">
-        <v>196</v>
+        <v>91</v>
       </c>
       <c r="C107" t="s">
         <v>10</v>
       </c>
       <c r="D107" t="s">
         <v>473</v>
       </c>
       <c r="E107" t="s">
         <v>474</v>
       </c>
       <c r="F107" t="s">
         <v>475</v>
       </c>
       <c r="G107"/>
-      <c r="H107"/>
+      <c r="H107" t="s">
+        <v>476</v>
+      </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="B108" t="s">
-        <v>88</v>
+        <v>138</v>
       </c>
       <c r="C108" t="s">
         <v>10</v>
       </c>
       <c r="D108" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="E108" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="F108" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="G108" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="H108" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="B109" t="s">
-        <v>67</v>
+        <v>34</v>
       </c>
       <c r="C109" t="s">
         <v>10</v>
       </c>
       <c r="D109" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="E109" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="F109" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="G109"/>
-      <c r="H109" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H109"/>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>487</v>
       </c>
       <c r="B110" t="s">
-        <v>67</v>
+        <v>200</v>
       </c>
       <c r="C110" t="s">
         <v>10</v>
       </c>
       <c r="D110" t="s">
         <v>488</v>
       </c>
-      <c r="E110"/>
+      <c r="E110" t="s">
+        <v>489</v>
+      </c>
       <c r="F110" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="G110"/>
       <c r="H110"/>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="B111" t="s">
-        <v>391</v>
+        <v>24</v>
       </c>
       <c r="C111" t="s">
         <v>10</v>
       </c>
       <c r="D111" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="E111" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="F111" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="G111"/>
       <c r="H111"/>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="B112" t="s">
-        <v>495</v>
+        <v>24</v>
       </c>
       <c r="C112" t="s">
         <v>10</v>
       </c>
       <c r="D112" t="s">
         <v>496</v>
       </c>
       <c r="E112" t="s">
         <v>497</v>
       </c>
       <c r="F112" t="s">
         <v>498</v>
       </c>
       <c r="G112"/>
       <c r="H112"/>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>499</v>
       </c>
       <c r="B113" t="s">
+        <v>209</v>
+      </c>
+      <c r="C113" t="s">
+        <v>10</v>
+      </c>
+      <c r="D113" t="s">
         <v>500</v>
       </c>
-      <c r="C113" t="s">
-[...2 lines deleted...]
-      <c r="D113" t="s">
+      <c r="E113" t="s">
         <v>501</v>
       </c>
-      <c r="E113"/>
       <c r="F113" t="s">
         <v>502</v>
       </c>
       <c r="G113"/>
       <c r="H113"/>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>503</v>
       </c>
       <c r="B114" t="s">
-        <v>20</v>
+        <v>101</v>
       </c>
       <c r="C114" t="s">
         <v>10</v>
       </c>
       <c r="D114" t="s">
         <v>504</v>
       </c>
       <c r="E114" t="s">
         <v>505</v>
       </c>
       <c r="F114" t="s">
         <v>506</v>
       </c>
-      <c r="G114"/>
-      <c r="H114"/>
+      <c r="G114" t="s">
+        <v>507</v>
+      </c>
+      <c r="H114" t="s">
+        <v>508</v>
+      </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B115" t="s">
-        <v>495</v>
+        <v>81</v>
       </c>
       <c r="C115" t="s">
         <v>10</v>
       </c>
       <c r="D115" t="s">
-        <v>508</v>
-[...1 lines deleted...]
-      <c r="E115"/>
+        <v>510</v>
+      </c>
+      <c r="E115" t="s">
+        <v>511</v>
+      </c>
       <c r="F115" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="G115"/>
-      <c r="H115"/>
+      <c r="H115" t="s">
+        <v>513</v>
+      </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>510</v>
+        <v>514</v>
       </c>
       <c r="B116" t="s">
-        <v>34</v>
+        <v>81</v>
       </c>
       <c r="C116" t="s">
         <v>10</v>
       </c>
       <c r="D116" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="E116"/>
       <c r="F116" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="G116"/>
       <c r="H116"/>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="B117" t="s">
-        <v>29</v>
+        <v>412</v>
       </c>
       <c r="C117" t="s">
         <v>10</v>
       </c>
       <c r="D117" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="E117" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
       <c r="F117" t="s">
-        <v>516</v>
+        <v>520</v>
       </c>
       <c r="G117"/>
       <c r="H117"/>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>517</v>
+        <v>521</v>
       </c>
       <c r="B118" t="s">
-        <v>518</v>
+        <v>522</v>
       </c>
       <c r="C118" t="s">
         <v>10</v>
       </c>
       <c r="D118" t="s">
-        <v>519</v>
-[...1 lines deleted...]
-      <c r="E118"/>
+        <v>523</v>
+      </c>
+      <c r="E118" t="s">
+        <v>524</v>
+      </c>
       <c r="F118" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="G118"/>
       <c r="H118"/>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
       <c r="B119" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
       <c r="C119" t="s">
         <v>10</v>
       </c>
       <c r="D119" t="s">
-        <v>523</v>
-[...3 lines deleted...]
-      </c>
+        <v>528</v>
+      </c>
+      <c r="E119"/>
       <c r="F119" t="s">
-        <v>525</v>
+        <v>529</v>
       </c>
       <c r="G119"/>
       <c r="H119"/>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>526</v>
+        <v>530</v>
       </c>
       <c r="B120" t="s">
-        <v>134</v>
+        <v>20</v>
       </c>
       <c r="C120" t="s">
         <v>10</v>
       </c>
       <c r="D120" t="s">
-        <v>527</v>
+        <v>531</v>
       </c>
       <c r="E120" t="s">
-        <v>528</v>
+        <v>532</v>
       </c>
       <c r="F120" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
       <c r="G120"/>
       <c r="H120"/>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>530</v>
+        <v>534</v>
       </c>
       <c r="B121" t="s">
-        <v>103</v>
+        <v>522</v>
       </c>
       <c r="C121" t="s">
         <v>10</v>
       </c>
       <c r="D121" t="s">
-        <v>531</v>
-[...3 lines deleted...]
-      </c>
+        <v>535</v>
+      </c>
+      <c r="E121"/>
       <c r="F121" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="G121"/>
-      <c r="H121" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H121"/>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="B122" t="s">
-        <v>536</v>
+        <v>34</v>
       </c>
       <c r="C122" t="s">
         <v>10</v>
       </c>
       <c r="D122" t="s">
-        <v>537</v>
-[...1 lines deleted...]
-      <c r="E122" t="s">
         <v>538</v>
       </c>
+      <c r="E122"/>
       <c r="F122" t="s">
         <v>539</v>
       </c>
       <c r="G122"/>
       <c r="H122"/>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>540</v>
       </c>
       <c r="B123" t="s">
-        <v>418</v>
+        <v>29</v>
       </c>
       <c r="C123" t="s">
         <v>10</v>
       </c>
       <c r="D123" t="s">
         <v>541</v>
       </c>
       <c r="E123" t="s">
         <v>542</v>
       </c>
       <c r="F123" t="s">
         <v>543</v>
       </c>
       <c r="G123"/>
       <c r="H123"/>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>544</v>
       </c>
       <c r="B124" t="s">
-        <v>370</v>
+        <v>545</v>
       </c>
       <c r="C124" t="s">
         <v>10</v>
       </c>
       <c r="D124" t="s">
-        <v>545</v>
-[...1 lines deleted...]
-      <c r="E124" t="s">
         <v>546</v>
       </c>
+      <c r="E124"/>
       <c r="F124" t="s">
         <v>547</v>
       </c>
-      <c r="G124" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G124"/>
+      <c r="H124"/>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
+        <v>548</v>
+      </c>
+      <c r="B125" t="s">
+        <v>549</v>
+      </c>
+      <c r="C125" t="s">
+        <v>10</v>
+      </c>
+      <c r="D125" t="s">
         <v>550</v>
       </c>
-      <c r="B125" t="s">
-[...5 lines deleted...]
-      <c r="D125" t="s">
+      <c r="E125" t="s">
         <v>551</v>
       </c>
-      <c r="E125" t="s">
+      <c r="F125" t="s">
         <v>552</v>
       </c>
-      <c r="F125" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G125"/>
       <c r="H125"/>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
+        <v>553</v>
+      </c>
+      <c r="B126" t="s">
+        <v>147</v>
+      </c>
+      <c r="C126" t="s">
+        <v>10</v>
+      </c>
+      <c r="D126" t="s">
+        <v>554</v>
+      </c>
+      <c r="E126" t="s">
         <v>555</v>
       </c>
-      <c r="B126" t="s">
-[...5 lines deleted...]
-      <c r="D126" t="s">
+      <c r="F126" t="s">
         <v>556</v>
-      </c>
-[...4 lines deleted...]
-        <v>558</v>
       </c>
       <c r="G126"/>
       <c r="H126"/>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
+        <v>557</v>
+      </c>
+      <c r="B127" t="s">
+        <v>116</v>
+      </c>
+      <c r="C127" t="s">
+        <v>10</v>
+      </c>
+      <c r="D127" t="s">
+        <v>558</v>
+      </c>
+      <c r="E127" t="s">
         <v>559</v>
       </c>
-      <c r="B127" t="s">
-[...5 lines deleted...]
-      <c r="D127" t="s">
+      <c r="F127" t="s">
         <v>560</v>
       </c>
-      <c r="E127" t="s">
+      <c r="G127"/>
+      <c r="H127" t="s">
         <v>561</v>
       </c>
-      <c r="F127" t="s">
-[...3 lines deleted...]
-      <c r="H127"/>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
+        <v>562</v>
+      </c>
+      <c r="B128" t="s">
         <v>563</v>
       </c>
-      <c r="B128" t="s">
+      <c r="C128" t="s">
+        <v>10</v>
+      </c>
+      <c r="D128" t="s">
         <v>564</v>
       </c>
-      <c r="C128" t="s">
-[...2 lines deleted...]
-      <c r="D128" t="s">
+      <c r="E128" t="s">
         <v>565</v>
       </c>
-      <c r="E128" t="s">
+      <c r="F128" t="s">
         <v>566</v>
-      </c>
-[...1 lines deleted...]
-        <v>567</v>
       </c>
       <c r="G128"/>
       <c r="H128"/>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
+        <v>567</v>
+      </c>
+      <c r="B129" t="s">
+        <v>439</v>
+      </c>
+      <c r="C129" t="s">
+        <v>10</v>
+      </c>
+      <c r="D129" t="s">
         <v>568</v>
       </c>
-      <c r="B129" t="s">
+      <c r="E129" t="s">
         <v>569</v>
       </c>
-      <c r="C129" t="s">
-[...2 lines deleted...]
-      <c r="D129" t="s">
+      <c r="F129" t="s">
         <v>570</v>
       </c>
-      <c r="E129" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G129"/>
       <c r="H129"/>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
+        <v>571</v>
+      </c>
+      <c r="B130" t="s">
+        <v>15</v>
+      </c>
+      <c r="C130" t="s">
+        <v>10</v>
+      </c>
+      <c r="D130" t="s">
+        <v>572</v>
+      </c>
+      <c r="E130" t="s">
+        <v>573</v>
+      </c>
+      <c r="F130" t="s">
         <v>574</v>
       </c>
-      <c r="B130" t="s">
+      <c r="G130"/>
+      <c r="H130" t="s">
         <v>575</v>
       </c>
-      <c r="C130" t="s">
-[...12 lines deleted...]
-      <c r="H130"/>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
+        <v>576</v>
+      </c>
+      <c r="B131" t="s">
+        <v>391</v>
+      </c>
+      <c r="C131" t="s">
+        <v>10</v>
+      </c>
+      <c r="D131" t="s">
+        <v>577</v>
+      </c>
+      <c r="E131" t="s">
+        <v>578</v>
+      </c>
+      <c r="F131" t="s">
         <v>579</v>
       </c>
-      <c r="B131" t="s">
-[...5 lines deleted...]
-      <c r="D131" t="s">
+      <c r="G131" t="s">
         <v>580</v>
       </c>
-      <c r="E131" t="s">
+      <c r="H131" t="s">
         <v>581</v>
       </c>
-      <c r="F131" t="s">
-[...5 lines deleted...]
-      <c r="H131"/>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
+        <v>582</v>
+      </c>
+      <c r="B132" t="s">
+        <v>24</v>
+      </c>
+      <c r="C132" t="s">
+        <v>10</v>
+      </c>
+      <c r="D132" t="s">
+        <v>583</v>
+      </c>
+      <c r="E132" t="s">
         <v>584</v>
       </c>
-      <c r="B132" t="s">
-[...5 lines deleted...]
-      <c r="D132" t="s">
+      <c r="F132" t="s">
         <v>585</v>
       </c>
-      <c r="E132" t="s">
+      <c r="G132" t="s">
         <v>586</v>
       </c>
-      <c r="F132" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="H132"/>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
+        <v>587</v>
+      </c>
+      <c r="B133" t="s">
+        <v>209</v>
+      </c>
+      <c r="C133" t="s">
+        <v>10</v>
+      </c>
+      <c r="D133" t="s">
+        <v>588</v>
+      </c>
+      <c r="E133" t="s">
+        <v>589</v>
+      </c>
+      <c r="F133" t="s">
         <v>590</v>
       </c>
-      <c r="B133" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G133"/>
-      <c r="H133" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H133"/>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>595</v>
+        <v>591</v>
       </c>
       <c r="B134" t="s">
-        <v>596</v>
+        <v>101</v>
       </c>
       <c r="C134" t="s">
         <v>10</v>
       </c>
       <c r="D134" t="s">
-        <v>596</v>
-[...1 lines deleted...]
-      <c r="E134"/>
+        <v>592</v>
+      </c>
+      <c r="E134" t="s">
+        <v>593</v>
+      </c>
       <c r="F134" t="s">
-        <v>597</v>
+        <v>594</v>
       </c>
       <c r="G134"/>
       <c r="H134"/>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
+        <v>595</v>
+      </c>
+      <c r="B135" t="s">
+        <v>353</v>
+      </c>
+      <c r="C135" t="s">
+        <v>10</v>
+      </c>
+      <c r="D135" t="s">
+        <v>596</v>
+      </c>
+      <c r="E135" t="s">
+        <v>597</v>
+      </c>
+      <c r="F135" t="s">
         <v>598</v>
       </c>
-      <c r="B135" t="s">
-[...5 lines deleted...]
-      <c r="D135" t="s">
+      <c r="G135" t="s">
         <v>599</v>
       </c>
-      <c r="E135" t="s">
+      <c r="H135" t="s">
         <v>600</v>
       </c>
-      <c r="F135" t="s">
-[...3 lines deleted...]
-      <c r="H135"/>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
+        <v>601</v>
+      </c>
+      <c r="B136" t="s">
         <v>602</v>
       </c>
-      <c r="B136" t="s">
+      <c r="C136" t="s">
+        <v>10</v>
+      </c>
+      <c r="D136" t="s">
         <v>603</v>
       </c>
-      <c r="C136" t="s">
-[...2 lines deleted...]
-      <c r="D136" t="s">
+      <c r="E136" t="s">
         <v>604</v>
       </c>
-      <c r="E136" t="s">
+      <c r="F136" t="s">
         <v>605</v>
       </c>
-      <c r="F136" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G136"/>
-      <c r="H136" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H136"/>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
+        <v>606</v>
+      </c>
+      <c r="B137" t="s">
+        <v>607</v>
+      </c>
+      <c r="C137" t="s">
+        <v>10</v>
+      </c>
+      <c r="D137" t="s">
         <v>608</v>
       </c>
-      <c r="B137" t="s">
-[...5 lines deleted...]
-      <c r="D137" t="s">
+      <c r="E137" t="s">
         <v>609</v>
       </c>
-      <c r="E137" t="s">
+      <c r="F137" t="s">
         <v>610</v>
       </c>
-      <c r="F137" t="s">
+      <c r="G137" t="s">
         <v>611</v>
       </c>
-      <c r="G137"/>
       <c r="H137"/>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>612</v>
       </c>
       <c r="B138" t="s">
-        <v>146</v>
+        <v>613</v>
       </c>
       <c r="C138" t="s">
         <v>10</v>
       </c>
       <c r="D138" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="E138" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="F138" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="G138"/>
       <c r="H138"/>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="B139" t="s">
-        <v>617</v>
+        <v>607</v>
       </c>
       <c r="C139" t="s">
         <v>10</v>
       </c>
       <c r="D139" t="s">
         <v>618</v>
       </c>
       <c r="E139" t="s">
         <v>619</v>
       </c>
       <c r="F139" t="s">
         <v>620</v>
       </c>
-      <c r="G139"/>
+      <c r="G139" t="s">
+        <v>621</v>
+      </c>
       <c r="H139"/>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="B140" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="C140" t="s">
         <v>10</v>
       </c>
       <c r="D140" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="E140" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="F140" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="G140" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="H140" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="B141" t="s">
-        <v>404</v>
+        <v>91</v>
       </c>
       <c r="C141" t="s">
         <v>10</v>
       </c>
       <c r="D141" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="E141" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="F141" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="G141"/>
-      <c r="H141"/>
+      <c r="H141" t="s">
+        <v>632</v>
+      </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="B142" t="s">
-        <v>536</v>
+        <v>634</v>
       </c>
       <c r="C142" t="s">
         <v>10</v>
       </c>
       <c r="D142" t="s">
-        <v>632</v>
-[...3 lines deleted...]
-      </c>
+        <v>634</v>
+      </c>
+      <c r="E142"/>
       <c r="F142" t="s">
-        <v>634</v>
-[...1 lines deleted...]
-      <c r="G142" t="s">
         <v>635</v>
       </c>
+      <c r="G142"/>
       <c r="H142"/>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>636</v>
       </c>
       <c r="B143" t="s">
-        <v>24</v>
+        <v>637</v>
       </c>
       <c r="C143" t="s">
         <v>10</v>
       </c>
       <c r="D143" t="s">
-        <v>465</v>
+        <v>638</v>
       </c>
       <c r="E143" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="F143" t="s">
-        <v>638</v>
-[...1 lines deleted...]
-      <c r="G143"/>
+        <v>640</v>
+      </c>
+      <c r="G143" t="s">
+        <v>641</v>
+      </c>
       <c r="H143" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="B144" t="s">
-        <v>596</v>
+        <v>545</v>
       </c>
       <c r="C144" t="s">
         <v>10</v>
       </c>
       <c r="D144" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
       <c r="E144" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="F144" t="s">
-        <v>643</v>
-[...6 lines deleted...]
-      </c>
+        <v>646</v>
+      </c>
+      <c r="G144"/>
+      <c r="H144"/>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="B145" t="s">
-        <v>196</v>
+        <v>24</v>
       </c>
       <c r="C145" t="s">
         <v>10</v>
       </c>
       <c r="D145" t="s">
-        <v>647</v>
-[...1 lines deleted...]
-      <c r="E145" t="s">
         <v>648</v>
       </c>
+      <c r="E145"/>
       <c r="F145" t="s">
         <v>649</v>
       </c>
-      <c r="G145" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G145"/>
+      <c r="H145"/>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
+        <v>650</v>
+      </c>
+      <c r="B146" t="s">
+        <v>651</v>
+      </c>
+      <c r="C146" t="s">
+        <v>10</v>
+      </c>
+      <c r="D146" t="s">
         <v>652</v>
       </c>
-      <c r="B146" t="s">
+      <c r="E146" t="s">
         <v>653</v>
       </c>
-      <c r="C146" t="s">
-[...2 lines deleted...]
-      <c r="D146" t="s">
+      <c r="F146" t="s">
         <v>654</v>
       </c>
-      <c r="E146" t="s">
+      <c r="G146"/>
+      <c r="H146" t="s">
         <v>655</v>
       </c>
-      <c r="F146" t="s">
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" t="s">
         <v>656</v>
       </c>
-      <c r="G146"/>
-      <c r="H146"/>
+      <c r="B147" t="s">
+        <v>163</v>
+      </c>
+      <c r="C147" t="s">
+        <v>10</v>
+      </c>
+      <c r="D147" t="s">
+        <v>657</v>
+      </c>
+      <c r="E147" t="s">
+        <v>658</v>
+      </c>
+      <c r="F147" t="s">
+        <v>659</v>
+      </c>
+      <c r="G147"/>
+      <c r="H147"/>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" t="s">
+        <v>660</v>
+      </c>
+      <c r="B148" t="s">
+        <v>159</v>
+      </c>
+      <c r="C148" t="s">
+        <v>10</v>
+      </c>
+      <c r="D148" t="s">
+        <v>661</v>
+      </c>
+      <c r="E148" t="s">
+        <v>662</v>
+      </c>
+      <c r="F148" t="s">
+        <v>663</v>
+      </c>
+      <c r="G148"/>
+      <c r="H148"/>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149" t="s">
+        <v>664</v>
+      </c>
+      <c r="B149" t="s">
+        <v>665</v>
+      </c>
+      <c r="C149" t="s">
+        <v>10</v>
+      </c>
+      <c r="D149" t="s">
+        <v>666</v>
+      </c>
+      <c r="E149" t="s">
+        <v>667</v>
+      </c>
+      <c r="F149" t="s">
+        <v>668</v>
+      </c>
+      <c r="G149"/>
+      <c r="H149"/>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="s">
+        <v>669</v>
+      </c>
+      <c r="B150" t="s">
+        <v>77</v>
+      </c>
+      <c r="C150" t="s">
+        <v>10</v>
+      </c>
+      <c r="D150" t="s">
+        <v>670</v>
+      </c>
+      <c r="E150" t="s">
+        <v>671</v>
+      </c>
+      <c r="F150" t="s">
+        <v>672</v>
+      </c>
+      <c r="G150" t="s">
+        <v>673</v>
+      </c>
+      <c r="H150" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>675</v>
+      </c>
+      <c r="B151" t="s">
+        <v>425</v>
+      </c>
+      <c r="C151" t="s">
+        <v>10</v>
+      </c>
+      <c r="D151" t="s">
+        <v>676</v>
+      </c>
+      <c r="E151" t="s">
+        <v>677</v>
+      </c>
+      <c r="F151" t="s">
+        <v>678</v>
+      </c>
+      <c r="G151"/>
+      <c r="H151"/>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>679</v>
+      </c>
+      <c r="B152" t="s">
+        <v>563</v>
+      </c>
+      <c r="C152" t="s">
+        <v>10</v>
+      </c>
+      <c r="D152" t="s">
+        <v>680</v>
+      </c>
+      <c r="E152" t="s">
+        <v>681</v>
+      </c>
+      <c r="F152" t="s">
+        <v>682</v>
+      </c>
+      <c r="G152" t="s">
+        <v>683</v>
+      </c>
+      <c r="H152"/>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" t="s">
+        <v>684</v>
+      </c>
+      <c r="B153" t="s">
+        <v>24</v>
+      </c>
+      <c r="C153" t="s">
+        <v>10</v>
+      </c>
+      <c r="D153" t="s">
+        <v>492</v>
+      </c>
+      <c r="E153" t="s">
+        <v>685</v>
+      </c>
+      <c r="F153" t="s">
+        <v>686</v>
+      </c>
+      <c r="G153"/>
+      <c r="H153" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" t="s">
+        <v>688</v>
+      </c>
+      <c r="B154" t="s">
+        <v>634</v>
+      </c>
+      <c r="C154" t="s">
+        <v>10</v>
+      </c>
+      <c r="D154" t="s">
+        <v>689</v>
+      </c>
+      <c r="E154" t="s">
+        <v>690</v>
+      </c>
+      <c r="F154" t="s">
+        <v>691</v>
+      </c>
+      <c r="G154" t="s">
+        <v>692</v>
+      </c>
+      <c r="H154" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" t="s">
+        <v>694</v>
+      </c>
+      <c r="B155" t="s">
+        <v>209</v>
+      </c>
+      <c r="C155" t="s">
+        <v>10</v>
+      </c>
+      <c r="D155" t="s">
+        <v>695</v>
+      </c>
+      <c r="E155" t="s">
+        <v>696</v>
+      </c>
+      <c r="F155" t="s">
+        <v>697</v>
+      </c>
+      <c r="G155" t="s">
+        <v>698</v>
+      </c>
+      <c r="H155" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" t="s">
+        <v>700</v>
+      </c>
+      <c r="B156" t="s">
+        <v>701</v>
+      </c>
+      <c r="C156" t="s">
+        <v>10</v>
+      </c>
+      <c r="D156" t="s">
+        <v>702</v>
+      </c>
+      <c r="E156" t="s">
+        <v>703</v>
+      </c>
+      <c r="F156" t="s">
+        <v>704</v>
+      </c>
+      <c r="G156"/>
+      <c r="H156"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>