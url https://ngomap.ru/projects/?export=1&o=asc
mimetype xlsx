--- v0 (2025-10-26)
+++ v1 (2026-03-24)
@@ -12,76 +12,115 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Проекты" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Даты</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Организация</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Веб-сайт</t>
   </si>
   <si>
     <t>E-mail</t>
   </si>
   <si>
+    <t>Скрепы сообществ Карелии</t>
+  </si>
+  <si>
+    <t>Август 2025 — Март 2026</t>
+  </si>
+  <si>
+    <t>Проект "Скрепы сообществ Карелии" - это комплексный проект по развитию и поддержке общественных инициатив в Республике Карелия. Местных инициатив в малых территориях становится всё больше. Они поддерживаются как со стороны государства, так и со стороны общественности. Но единого видения на региональном и муниципальных уровнях о стратегическом развитии данной сферы нет. Для выстраивания долгосрочной и эффективной для региона деятельности по развитию сообществ и территорий необходимо не просто объединить усилия, но прийти к договорённостям и единой системе сопровождения и поддержки гражданских инициатив. Также необходимо не просто давать финансовые инструменты решения социальных задач, но создавать условия для повышения уровня компетенций общественных активистов, тем самым осуществляя вклад в качество проектов в будущем. Поэтому проект будет реализован в трёх направлениях деятельности: 1. Выработка и согласование стратегии развития и поддержки общественных инициатив. Данный блок включает в себя проведение стратегической сессии с представителями органов региональной власти, инфраструктурных НКО и опытным модератором для создания стратегии развития и поддержки инициатив с учётом анализа сильных и слабых сторон всех ресурсных организаций региона. 2. Реализация блока обучающих и консультационных мероприятий для общественных активистов и организаций. Состоятся 2 Форума местных инициатив Карелии, которые объединят самых активных участников из районов Карелии на юге и севере региона. Данные мероприятия в значительной мере будут способствовать установлению горизонтальных связей между общественными активистами районов Карелии, а также повышению уровня компетенций активистов в области социального проектирования. 3. Акселерация и практическая поддержка проектов. В рамках проекта будет работать акселератор общественных инициатив, с помощью которого 10 проектных идей из районов Карелии получат возможность экспертного сопровождения, в результате которого будут подготовлены к участию в конкурсных процедурах для привлечения ресурсов. Конкурс мини-грантов и проведение Кругов Благотворителей позволит получить финансовую поддержку на реализацию 4 лучших инициатив.</t>
+  </si>
+  <si>
+    <t>Фонд содействия развитию гражданских инициатив "Мельница"</t>
+  </si>
+  <si>
+    <t>Республика Карелия пгт Пряжа ул. Петрозаводская, 16</t>
+  </si>
+  <si>
+    <t>http://fond-melnica.ru</t>
+  </si>
+  <si>
+    <t>fondmelnik@mail.ru</t>
+  </si>
+  <si>
+    <t>Территориальный альянс</t>
+  </si>
+  <si>
+    <t>Январь 2023 — Март 2025</t>
+  </si>
+  <si>
+    <t>Территориальный Альянс – это комплексный проект по развитию и поддержке местных инициатив в Республике Карелия. Проект включает в себя несколько блоков: 1. Исследование сферы гражданских инициатив. Проведение опроса общественного мнения и обобщение материалов статистики последних лет о формах реализации местных инициатив, включая меры государственной поддержки по каждому району Республики Карелия. 2. Выработка совместной стратегии деятельности по поддержке и сопровождению местных инициатив региона. 3. Серия обучающих и консультационных мероприятий для общественных активистов и организаций. 4. Акселерация и практическая поддержка проектов активистов из районов Карелии. Подробнее здесь - https://xn--80afcdbalict6afooklqi5o.xn--p1ai/public/application/item?id=60e1db3a-a158-4d04-8b50-87c6b2b3aaf3</t>
+  </si>
+  <si>
+    <t>Радиус доверия. Расширяем границы</t>
+  </si>
+  <si>
+    <t>Июль 2022 — Октябрь 2023</t>
+  </si>
+  <si>
+    <t>Проект «Радиус Доверия. Расширяем границы» - это комплексный проект по развитию культуры и инфраструктуры акселерации гражданских инициатив в сельской местности. Проект делился на два больших блока: Комплекс мероприятий с сообществом Пряжинского района с целью активизации населения и сопровождения общественных инициатив: обновление Социального паспорта Пряжинского района, проведение серии сельских сходов и реализация ряда форм акселерации общественных инициатив (серия Кругов Благотворителей, Школа общественного активиста, стажировка в Новосибирскую область, стратегический интенсив «Лаучат», консультирование, серия семинаров и проектных ужинов). Комплекс мероприятий с НКО, представителями бизнес-сообщества Карелии и органов государственной и муниципальной власти: серия переговорных площадок на региональном уровне для выработки совместных форм поддержки гражданских инициатив, серия стажировок для организаций из Карелии и регионов РФ, стратегический интенсив «Лаучат». Проект вошёл в ТОП-100 Фонда Президентских грантов. Подробнее здесь: https://xn--80afcdbalict6afooklqi5o.xn--p1ai/public/application/item?id=591193f6-cbc4-4723-ae4d-49787efa765b</t>
+  </si>
+  <si>
     <t>НКО-Вместе: ресурс устойчивого развития</t>
   </si>
   <si>
     <t>Август 2023 — Ноябрь 2024</t>
   </si>
   <si>
     <t>Проект направлен на повышение компетенций сотрудников некоммерческих организаций Губкинского городского округа Автономной некоммерческой организацией содействия развитию социальных и образовательных программ «Центр интеллектуального диалога», выполняющей функции ресурсного центра и являющейся Добро.Центром (получена социальная франшиза Ассоциации волонтерских центров/Добро.рф). Проект является логическим продолжением «Академия сотрудничества НКО: от идеи к устойчивому развитию», получившего поддержку в году и реализуемого с использованием средств субсидии из бюджета Белгородской области. Для повышения профессиональных компетенций сотрудников НКО организовано оказание регулярной консультационной, методической, информационной, организационной поддержки по различным аспектам деятельности, проведение тематических семинаров, экспертных встреч с представителями профильных министерств и ведомств по актуальным вопросам; индивидуальные и групповые обучающие практикумы. Часть практикумов проведена в онлайн-формате, что позволило обменяться опытом с организациями из других муниципалитетов и округов Белгородской области, регионов.</t>
   </si>
   <si>
     <t>https://idialogi.nko31.ru/projects/510/nko-vmeste-resurs-ustoychivogo-razvitiya/</t>
   </si>
   <si>
     <t>Автономная некоммерческая организация содействия развитию социальных и образовательных программ «Центр интеллектуального диалога»</t>
   </si>
   <si>
     <t>г. Губкин, Белгородская область</t>
   </si>
   <si>
     <t>https://idialogi.nko31.ru/</t>
   </si>
   <si>
     <t>idialogi@mail.ru</t>
   </si>
   <si>
     <t>https://idialogi.nko31.ru/projects/574/gorod-lyudi-cennosti-versiya-2024/</t>
@@ -156,86 +195,50 @@
     <t>sluzhenye@gmail.com</t>
   </si>
   <si>
     <t>Программа «СО НКО Приволжья»</t>
   </si>
   <si>
     <t>Январь 2013 — Декабрь 2015</t>
   </si>
   <si>
     <t>Программа предусматривает организацию практического обучения сотрудников действующих и формирующихся ресурсных организаций, направленного на повышение их профессиональных компетенций. Главным результатом реализации программы станет появление в каждом регионе ПФО ресурсной площадки, где СО НКО смогут получать комплексную информационно-методическую и организационную помощь, в рамках которой будет происходить регулярный информационный обмен между СО НКО как внутри региона, так и в межрегиональном пространстве, будет обеспечиваться представительство СО НКО каждого из регионов в общем информационном поле, будет обеспечен доступ к лучшим практикам и эффективным технологиям, обеспечивающим стабильное развитие как отдельных СО НКО, так и всего некоммерческого сообщества в целом.</t>
   </si>
   <si>
     <t>https://sluzhenye-nn.ru/proekty/programma-so-nko-privolzhya/</t>
   </si>
   <si>
     <t>Ресурсный калейдоскоп. Партнерство для развития СО НКО Приволжья</t>
   </si>
   <si>
     <t>Февраль 2017 — Декабрь 2018</t>
   </si>
   <si>
     <t>Проект был успешно реализован Нижегородской Ассоциацией Неправительственных Некоммерческих Организаций «Служение» и сетью ресурсных центров СО НКО ПФО с использованием гранта Президента Российской Федерации на развитие гражданского общества, предоставленного Фондом президентских грантов в 2017 году.</t>
   </si>
   <si>
     <t>https://sluzhenye-nn.ru/proekty/resursnyy-kaleydoskop-partnerstvo-dlya-razvitiya-so-nko-privolzhya/</t>
-  </si>
-[...34 lines deleted...]
-    <t>https://sluzhenye-nn.ru/proekty/antikrizisnaya-resursnaya-podderzhka-seti-rts-so-nko-privolzhya/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -605,292 +608,286 @@
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="D2" t="s">
+      <c r="D2"/>
+      <c r="E2" t="s">
         <v>11</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
         <v>12</v>
       </c>
-      <c r="F2" t="s">
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D3"/>
       <c r="E3" t="s">
+        <v>11</v>
+      </c>
+      <c r="F3" t="s">
         <v>12</v>
       </c>
-      <c r="F3" t="s">
+      <c r="G3" t="s">
         <v>13</v>
       </c>
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" t="s">
         <v>19</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="D4"/>
       <c r="E4" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="F4" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="H4" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>21</v>
+      </c>
+      <c r="B5" t="s">
+        <v>22</v>
+      </c>
+      <c r="C5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E5" t="s">
+        <v>25</v>
+      </c>
+      <c r="F5" t="s">
         <v>26</v>
       </c>
-      <c r="B5" t="s">
+      <c r="G5" t="s">
         <v>27</v>
       </c>
-      <c r="C5" t="s">
+      <c r="H5" t="s">
         <v>28</v>
-      </c>
-[...9 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="B6" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="C6" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D6" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="E6" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="F6" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="G6" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="H6" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="C7" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="D7"/>
       <c r="E7" t="s">
+        <v>35</v>
+      </c>
+      <c r="F7" t="s">
         <v>36</v>
       </c>
-      <c r="F7" t="s">
+      <c r="G7" t="s">
         <v>37</v>
       </c>
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>39</v>
+      </c>
+      <c r="B8" t="s">
+        <v>40</v>
+      </c>
+      <c r="C8" t="s">
+        <v>41</v>
+      </c>
+      <c r="D8"/>
+      <c r="E8" t="s">
+        <v>42</v>
+      </c>
+      <c r="F8" t="s">
+        <v>43</v>
+      </c>
+      <c r="G8"/>
+      <c r="H8" t="s">
         <v>44</v>
-      </c>
-[...19 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>45</v>
+      </c>
+      <c r="B9" t="s">
+        <v>46</v>
+      </c>
+      <c r="C9" t="s">
+        <v>47</v>
+      </c>
+      <c r="D9" t="s">
         <v>48</v>
       </c>
-      <c r="B9" t="s">
+      <c r="E9" t="s">
         <v>49</v>
       </c>
-      <c r="C9" t="s">
+      <c r="F9" t="s">
         <v>50</v>
       </c>
-      <c r="D9" t="s">
+      <c r="G9" t="s">
         <v>51</v>
       </c>
-      <c r="E9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H9" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>53</v>
+      </c>
+      <c r="B10" t="s">
+        <v>54</v>
+      </c>
+      <c r="C10" t="s">
+        <v>55</v>
+      </c>
+      <c r="D10" t="s">
+        <v>56</v>
+      </c>
+      <c r="E10" t="s">
+        <v>49</v>
+      </c>
+      <c r="F10" t="s">
+        <v>50</v>
+      </c>
+      <c r="G10" t="s">
+        <v>51</v>
+      </c>
+      <c r="H10" t="s">
         <v>52</v>
-      </c>
-[...19 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B11" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C11" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D11" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E11" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="F11" t="s">
-        <v>37</v>
+        <v>50</v>
       </c>
       <c r="G11" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="H11" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">