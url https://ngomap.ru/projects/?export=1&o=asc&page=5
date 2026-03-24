--- v0 (2025-10-21)
+++ v1 (2026-03-24)
@@ -12,82 +12,151 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Проекты" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Даты</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Организация</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Веб-сайт</t>
   </si>
   <si>
     <t>E-mail</t>
   </si>
   <si>
+    <t>Повышение устойчивости и эффективности деятельности СО НКО Хабаровского края через создание и апробирование универсальной модели поддержки муниципальных ресурсных центров</t>
+  </si>
+  <si>
+    <t>Январь — Ноябрь 2018</t>
+  </si>
+  <si>
+    <t>Комплекс мероприятий по созданию сети и поддержке деятельности муниципальных ресурсных центров НКО, в том числе - юридическая, консультационная, методическая, образовательная и информационная поддержка новых и действующих муниципальных ресурсных центров в муниципальных районах Хабаровского края.</t>
+  </si>
+  <si>
+    <t>https://xn--80ajpld2c.xn--80af5akm8c.xn--p1ai/award/about/c9f0d1a7-bf27-4aa1-b89d-f1d1363afb5e</t>
+  </si>
+  <si>
+    <t>Автономная некоммерческая организация "Объединённый ресурсный Центр поддержки социально ориентированных некоммерческих организаций Хабаровского края"</t>
+  </si>
+  <si>
+    <t>г. Хабаровск, ул. Ленинградская 30</t>
+  </si>
+  <si>
+    <t>http://nko27.ru/</t>
+  </si>
+  <si>
+    <t>solestan@yandex.ru</t>
+  </si>
+  <si>
+    <t>Зарабатываем по закону, или 10 шагов к коммерческому успеху некоммерческих организаций</t>
+  </si>
+  <si>
+    <t>Октябрь 2021 — Октябрь 2022</t>
+  </si>
+  <si>
+    <t>Курс юристов «Правовой команды» для сотрудников НКО и юристов о том, как НКО может зарабатывать деньги законным способом.</t>
+  </si>
+  <si>
+    <t>https://edu.ngo-law.ru/</t>
+  </si>
+  <si>
+    <t>Проект "Правовая команда"</t>
+  </si>
+  <si>
+    <t>Москва, ул. Арбат, д. 30/3, стр.3</t>
+  </si>
+  <si>
+    <t>https://ngo-law.ru/</t>
+  </si>
+  <si>
+    <t>info@ngo-law.ru</t>
+  </si>
+  <si>
+    <t>Сила вместе: ресурс для ресурсных центров</t>
+  </si>
+  <si>
+    <t>Февраль 2022 — Июль 2023</t>
+  </si>
+  <si>
+    <t>Данный проект направлен на создание условий для развития некоммерческих организаций в регионах РФ через развитие инфраструктуры поддержки некоммерческого сектора и повышения профессионализма ресурсных центров для НКО. В России более 10 лет устойчиво сохраняется государственный курс на развитие НКО как сектора экономики. За эти годы НКО сектор существенно вырос, в его работе появились новые направления. Наметилась тенденция развития НКО в малых городах и сельской местности. Однако, несмотря на наблюдающийся рост общественной активности и НКО, говорить о том, что сектор готов к выполнению своей роли еще рано, большая часть сектора не обладает необходимыми профессиональными компетенциями, имеет недостаточно знаний даже по базовым вопросам. Для того, чтобы сектор НКО развивался и устойчиво работал необходима развитая инфраструктура поддержки сектора, причем она должна быть в "шаговой доступности", не только учить, но сопровождать развивающиеся НКО, помогать им преодолевать сложности, обеспечивать не только универсальную поддержку, но и специализированную помощь, в том числе по разным тематическим направлениям. Однако на сегодняшний такая инфраструктура поддержки еще не создана, сами организации, помогающие НКО, нуждаются в обучении, сопровождении и поддержке. Специалисты ресурсных центров при обучении НКО не учитываю особенностей обучения взрослых, не имеют необходимых навыков в организации обучающих мероприятий, не могут помочь НКО при внедрении новых подходов в работу, не умеют фасилитировать процессы. При этом со стороны НКО есть запрос именно на такую помощь. В рамках проекта планируется проведение цикла методических мероприятий, направленных на повышение квалификации специалистов РЦ в сфере фасилитации, коучинга, проведения тренингов. Кроме того, в ходе проекта будет на регулярной основе проводиться on-line конференция "Сила вместе" на которой буду подниматься актуальные для НКО вопросы. В ходе различных методических мероприятий отдельное внимание будет уделено налаживанию взаимодействия между универсальными ресурсными центрами, работающими в регионах, и отраслевыми и специализированными РЦ, которые оказывают помощь НКО по тематическому профилю. На сегодня такого взаимодействия почти нет, поэтому РЦ в регионах часто сами не обладают компетенциями, чтобы помочь своим своим НКО (например в освоении методики помощи конкретным целевым группам), а к кому их направить за помощью не знают. Уникальность этого проекта в том, что в ходе различных методмероприятий будут созданы возможности для выстраивания партнерств между различными ресурсными центрами, что существенно расширит возможности оказания поддержки НКО в регионах. Кроме того, в ходе проекта будет создана открытая база знаний для ресурсных центров, которая позволит им используя уже наработанные материалы и методики развивать НКО в своих регионах. В целом проект будет способствовать укреплению инфраструктуры поддержки НКО, что в свою очередь окажет влияние на развитие НКО сектора.</t>
+  </si>
+  <si>
+    <t>https://ngogarant.ru/projects/view/54</t>
+  </si>
+  <si>
+    <t>Межрегиональная благотворительная общественная организация "Центр социальных технологий "Гарант"</t>
+  </si>
+  <si>
+    <t>163000, Архангельск, улица Попова, дом 18 (1 подъезд, 4 этаж)</t>
+  </si>
+  <si>
+    <t>https://ngogarant.ru/</t>
+  </si>
+  <si>
+    <t>garant@ngo-garant.ru</t>
+  </si>
+  <si>
     <t>Школа грантмейкинга: современные вызовы и перспективы</t>
   </si>
   <si>
-    <t>Февраль 2022 — Июль 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Проект «Школа грантмейкинга: современные вызовы и перспективы» направлен на создание условий для взаимодействия (площадки для диалога) операторов региональных конкурсов социально ориентированных некоммерческих организаций и частных фондов, использующих конкурсные механизмы для поддержки социальных проектов. Проект ставит своей целью создание открытой базы знаний по организации и проведении конкурсов, анализу существующих практик и выработке рекомендаций по созданию единых стандартов конкурсных процедур, а также совершенствованию и повышению прозрачности механизмов проведения конкурсов, что на сегодня еще не было реализовано в секторе. Кроме того в рамках проекта будет уделено внимание повышению качества работы РЦ в сфере оказания консультационной помощи НКО в доработке проектных идей и конкурсных заявок. Благотворительный Фонд развития сообщества «Гарант» имеет многолетний опыт в проведении конкурсов социальных проектов. Фонд ежегодно проводит 3 – 5 грантовых конкурсов для некоммерческих организаций за счет средств, привлеченных от местных и российских бизнес-компаний, а также консолидированных бюджетов, объединяющих средства бюджета и бизнеса, с 2014 года регулярно проводит методические конференции "Российская школа грантмейкинга". Проект будет опираться на практики реализации региональных конкурсов поддержки СОНКО, а также на опыт и технологии частных грантодающих фондов и ресурсных центров, действующих в различных регионах РФ. Участниками проекта станут специалисты региональных ресурсных центров, частных грантодающих фондов и бизнес-компаний, а также представители органов власти и местного самоуправления, ответственных за проведение конкурсов социальных проектов на региональном и муниципальных уровнях и организаций-операторов грантовых конкурсов.</t>
   </si>
   <si>
     <t>http://fondgarant.ru/proekty-fonda/593-shkola-grantmejkinga-sovremennye-vyzovy-i-perspektivy</t>
   </si>
   <si>
     <t>Благотворительный Фонд развития сообщества "Гарант"</t>
   </si>
   <si>
     <t>Архангельск, улица Попова, дом 18, офис 7 (левый подъезд, 4 этаж)</t>
   </si>
   <si>
     <t>http://fondgarant.ru/</t>
   </si>
   <si>
     <t>kalinina@ngo-garant.ru</t>
   </si>
   <si>
     <t>Инкубатор для НКО Ямала. Версия 2.0</t>
   </si>
   <si>
     <t>Май 2021 — Июль 2022</t>
   </si>
   <si>
     <t>Проект реализуется РОО «Центр развития НКО Ямала» на средства Фонда президентских грантов. Итак, для каких НКО этот проект? Для тех, кто хочет развиваться, работать устойчиво, открыто и с пользой для жителей Ямала. Возраст НКО не имеет значение. Главное — готовность работать над собственным «брендом». Как будем работать? Онлайн, много и вместе с командой проекта. Что ждет Вас и Вашу НКО в период с июня 2021 по июль 2022 года: -стратегическая сессия. Результат: сформулированная миссия и стратегия развития НКО на 3-5 лет. -онлайн -марафон «От миссии к бренду».Июль- октябрь. 3 модуля: «Бренд», «Продвижение в соцсетях», «Продвижение в СМИ». Много практики и осязаемые результаты: описанный «бренд», в моотвествие с ним оформленное действующее сообщество, подробный контент — план, навыки взаимодействия со СМИ, умение писать релизы и планировать рекламные кампании; -«Школа грантрайтера». Ноябрь — февраль 2022. Станете профессионалом. Поделимся всем, что умеем сами. Гранты перестанут быть недосягаемыми, а станут вдохновляющей работой по поиску ресурсов; — курс по разработке публичного отчета НКО. Научим и сделаем вместе с вами отчет по всем стандартам открытости. И с ним Вы станете участником первого регионального конкурса публичных отчетов НКО Ямала. «Вишенка на торте» — Вы примете участие в разработке первого совместного продукта «Еженедельник руководителя НКО Ямала» и получите часть тиража для себя и партнеров.</t>
@@ -177,104 +246,50 @@
     <t>https://www.asi.org.ru/work/prodvizhenie-nko/</t>
   </si>
   <si>
     <t>"Дни НКО в ОБщественной палате Свердловской области"</t>
   </si>
   <si>
     <t>Декабрь 2020</t>
   </si>
   <si>
     <t>«ДНИ НКО» -это комплекс онлайн и офлайн мероприятий для актива и руководителей НКО региона. Совместный проект с рабочей группой ОП СО по развитию некоммерческого сектора , детского и молодежного движения. В программе : информационные конференции, обучающие семинары и вебинары, методические часы, консультации для НКО; стратегические сессии и мастер-кассы , правовые уроки и презентации проектов, обмен опытом деятельности НКО.</t>
   </si>
   <si>
     <t>https://nkoural.ru/wp-content/uploads/2020/12/nko-day.pdf</t>
   </si>
   <si>
     <t>Региональный Ресурсный центр Российского Союза Молодежи для СО НКО Свердловской области</t>
   </si>
   <si>
     <t>г.Екатеринбург, ул. Малышева, д. 101, оф. 328</t>
   </si>
   <si>
     <t>http://xn--80awbpbep.xn--p1ai/</t>
   </si>
   <si>
     <t>rsm_ural@mail.ru</t>
-  </si>
-[...52 lines deleted...]
-    <t>kroo-aoi@mail.ru</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -598,57 +613,57 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H1" sqref="H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="183.955078" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="201.665039" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="32.991943" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="2099.772949" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="124.969482" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="3520.140381" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="111.972656" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="176.813965" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="111.972656" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="48.273926" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="39.990234" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="26.993408" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
@@ -717,219 +732,223 @@
       </c>
       <c r="C4" t="s">
         <v>26</v>
       </c>
       <c r="D4" t="s">
         <v>27</v>
       </c>
       <c r="E4" t="s">
         <v>28</v>
       </c>
       <c r="F4" t="s">
         <v>29</v>
       </c>
       <c r="G4" t="s">
         <v>30</v>
       </c>
       <c r="H4" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>32</v>
       </c>
       <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
         <v>33</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>34</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>35</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="G5" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="H5" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B6" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="C6" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="D6"/>
+        <v>41</v>
+      </c>
+      <c r="D6" t="s">
+        <v>42</v>
+      </c>
       <c r="E6" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="F6" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="G6" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="H6" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="B7" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="C7" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="D7" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="E7" t="s">
-        <v>39</v>
+        <v>51</v>
       </c>
       <c r="F7" t="s">
-        <v>40</v>
+        <v>52</v>
       </c>
       <c r="G7" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="H7" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="B8" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="C8" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="D8" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="E8" t="s">
         <v>51</v>
       </c>
       <c r="F8" t="s">
         <v>52</v>
       </c>
       <c r="G8" t="s">
         <v>53</v>
       </c>
       <c r="H8" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="B9" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="C9" t="s">
-        <v>57</v>
-[...3 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="D9"/>
       <c r="E9" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="F9" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="G9" t="s">
-        <v>53</v>
+        <v>64</v>
       </c>
       <c r="H9" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="B10" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="C10" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="D10"/>
+        <v>68</v>
+      </c>
+      <c r="D10" t="s">
+        <v>69</v>
+      </c>
       <c r="E10" t="s">
         <v>62</v>
       </c>
       <c r="F10" t="s">
         <v>63</v>
       </c>
       <c r="G10" t="s">
         <v>64</v>
       </c>
       <c r="H10" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B11" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="C11" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="D11"/>
+        <v>72</v>
+      </c>
+      <c r="D11" t="s">
+        <v>73</v>
+      </c>
       <c r="E11" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="F11" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="G11" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="H11" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">