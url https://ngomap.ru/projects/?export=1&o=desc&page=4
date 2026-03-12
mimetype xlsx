--- v0 (2025-10-19)
+++ v1 (2026-03-12)
@@ -12,76 +12,145 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Проекты" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Даты</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Организация</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Веб-сайт</t>
   </si>
   <si>
     <t>E-mail</t>
   </si>
   <si>
+    <t>Творческая лаборатория активных людей "В чем СОЛЬ?" направленная на разработку большой стратегии развития малых сельских территорий Котласского района в области благоустройства и повышения качества жизни на селе</t>
+  </si>
+  <si>
+    <t>Сентябрь 2021 — Сентябрь 2022</t>
+  </si>
+  <si>
+    <t>Проект представляет собой творческую лабораторию активных людей, художников, дизайнеров, общественных активистов местной территории с представителями профессиональной сферы: архитекторов и дизайнеров городских пространств, специалистов «Союза дизайнеров г. Санкт-Петербурга, студентов для разработки и создания проектов коммуникативных общественных пространств, создание третьих мест с целью развития территории. В проекте примут участие 4 эксперта в области дизайна, 12 студентов, 50 чел. представителей местного сообщества, 5 консультантов в области развития сельских территорий. Результатом проекта станут 6 дизайн-проектов обустройства уютными уголками для людей элегантного возраста, стильными пространствами для молодежи, арт-объектами для проведения пешеходных квестов. На первом этапе будет проведён сбор единомышленников, выявлен интерес к теме проекта через проведение исследования и мониторинга территории, в опросе примут участие до 250 чел., создан центр активных людей на базе Сольвычегодской библиотеки. Привлечены местные художники (3 чел.), мастера народного творчества (8 чел.), проектный офис «Новые города», флористы (2 чел.), дизайнеры (2 чел.), молодежные объединения (до 10 чел.). Презентация идеи проекта пройдет в форме идейной кухни «В чем наша соль?». Далее будет осуществлена проработка вопросов к стратсессии. Приезд консультантов-экспертов (4 чел.), организация 3-х встреч с депутатами поселений, обсуждение стратегии развития района. Сбор предложений: «Открытый микрофон: Нам здесь жить!» в соцсети ВК. Главная задача этого этапа связана с массовым проникновением в сознание всех заинтересованных граждан, а также приобщение их к соучастию, через обсуждение, формулирование предложений. На следующем этапе пройдет презентация проекта и представление визитной карточки территории в С-Петербурге с целью привлечения научного сообщества. Объявлен конкурс проектов на лучший дизайн-проект. Проведены итоги исследования потенциала территории, svot-анализ, потребности социума, выбор мест притяжения. Четвертый этап - это организация стратсессии «Большая стратегия». Пройдет защита дизайн-проектов с показателями и критериями. Комплекс мероприятий даст молодым людям возможность, получить новые знания, навыки, положительные эмоции, почувствовать сопричастность к современной истории развития сельской территории. Жителям убедиться в том, что они не забыты, их идеи и предложения по улучшению качества жизни, развитию мест притяжения могут быть востребованы. Так же они сами могут обустроить пространства получив поддержку от местной власти в рамках программы поддержки ТОС. Эффективность и значимость данного проекта заключается в том, что применение инновационного подхода для граждан, живущих в сельской местности позволит им включаться в новые виды деятельности. Инновационность проекта в том, что в отдалённой местности, в Котласском районе формируется новая сельская творческая площадка для местного сообщества на основе популяризации жизни на земле. Подробнее: https://vk.com/solydesign</t>
+  </si>
+  <si>
+    <t>http://openstartkr.tilda.ws/</t>
+  </si>
+  <si>
+    <t>АВТОНОМНАЯ НЕКОММЕРЧЕСКАЯ ОРГАНИЗАЦИЯ "РЕСУРСНЫЙ ЦЕНТР ПОДДЕРЖКИ ОБЩЕСТВЕННЫХ ИНИЦИАТИВ И РАЗВИТИЯ МАЛЫХ ТЕРРИТОРИЙ "ОТКРЫТЫЙ СТАРТ"</t>
+  </si>
+  <si>
+    <t>Архангельская область, Котласский района, п. Шипицыно, ул. Северная, д. 100</t>
+  </si>
+  <si>
+    <t>rcopenstart@libkr.ru</t>
+  </si>
+  <si>
+    <t>Время созидать: развиваем местное сообщество</t>
+  </si>
+  <si>
+    <t>Февраль — Октябрь 2019</t>
+  </si>
+  <si>
+    <t>Развитие и сопровождение муниципального ресурсного центра поддержки гражданских инициатив "РА-КУРС" в Нанайском районе Хабаровского края.</t>
+  </si>
+  <si>
+    <t>https://xn--80afcdbalict6afooklqi5o.xn--p1ai/public/application/item?id=5CF5A0F3-F54D-4FFA-8583-44AF68148E43</t>
+  </si>
+  <si>
+    <t>Автономная некоммерческая организация "Объединённый ресурсный Центр поддержки социально ориентированных некоммерческих организаций Хабаровского края"</t>
+  </si>
+  <si>
+    <t>г. Хабаровск, ул. Ленинградская 30</t>
+  </si>
+  <si>
+    <t>http://nko27.ru/</t>
+  </si>
+  <si>
+    <t>solestan@yandex.ru</t>
+  </si>
+  <si>
+    <t>Школа ресурсного центра</t>
+  </si>
+  <si>
+    <t>Февраль 2022 — Июль 2023</t>
+  </si>
+  <si>
+    <t>Проект является продолжением проектов Фонда СЦПОИ «Ресурсные центры для НКО: уроки и преемственность», «Сотрудничество ресурсных центров» и «Сотрудничество Ресурсных центров: новый взгляд на развитие» и основан на многолетнем опыте работы ресурсного центра, анализе практического регионального опыта работы и федеральных тенденций в 2020-21г., на результатах исследования влияния пандемии на деятельность НКО, исследовании деятельности РЦ и оценки влияния инфраструктурных организаций на развитие НКО-сектора.</t>
+  </si>
+  <si>
+    <t>http://scisc.ru/work/shkola-resursnogo-tsentra/</t>
+  </si>
+  <si>
+    <t>Фонд «Сибирский Центр Поддержки Общественных Инициатив»</t>
+  </si>
+  <si>
+    <t>630102, Новосибирск, ул. Восход, 14/1, этаж 3</t>
+  </si>
+  <si>
+    <t>http://scisc.ru</t>
+  </si>
+  <si>
+    <t>emalitskaya@scisc.ru</t>
+  </si>
+  <si>
     <t>ЭРА компетенций</t>
   </si>
   <si>
     <t>Октябрь 2022 — Март 2023</t>
   </si>
   <si>
     <t>Проект разработан на основе имеющегося опыта проектной команды в целях предоставления управленческим командам НКО, осуществляющих деятельность в Камчатском крае, включая ресурсные организации, и работникам муниципальных информационно-консультационных (ресурсных) центров по содействию деятельности социально ориентированных некоммерческих организаций возможностей приобретения новых компетенций в области самооценки своей деятельности и социальных проектов НКО. Потребность целевых групп в прохождении обучения самооценке подтверждена результатами опроса, проведенного 15-23 июня 2022 года, и письмами поддержки руководителей муниципальных образований. В рамках проекта реализуются: модуль дискуссионных и установочных рабочих встреч, модуль обучающих мероприятий в 5-ти муниципальных образованиях края, тестирование участников проекта, анкетирование для получения обратной связи и официальное мероприятие по поощрению управленческих команд НКО, завершивших обучение и создавших в своих НКО механизмы самооценки</t>
   </si>
   <si>
     <t>Автономная некоммерческая организация "Методический и информационно-аналитический ресурсный центр некоммерческих организаций "ЭРА"</t>
   </si>
   <si>
     <t>683038 г. Петропавловск-Камчатский, пр-кт Циолковского, д.23, кв. 44</t>
   </si>
   <si>
     <t>mir-center.era@mail.ru</t>
   </si>
   <si>
     <t>"Черновик будущего"</t>
   </si>
   <si>
     <t>Июль 2021 — Сентябрь 2022</t>
   </si>
   <si>
     <t>Проект направлен на повышение устойчивости функционирования инициативных групп молодежи (ИГМ) и молодежных НКО Самарской области. Деятельность по проекту включает повышение профессионализма представителей ИГМ и молодежных НКО, поддержку социальных и добровольческих акций ИГМ и молодежных НКО, повышение узнаваемости деятельности ИГМ и молодежных НКО, организационно-техническую поддержку ИГМ и молодежных НКО.</t>
@@ -186,122 +255,50 @@
     <t>initiative.rc@mail.ru</t>
   </si>
   <si>
     <t>#Безбумаги</t>
   </si>
   <si>
     <t>Август 2017 — Апрель 2022</t>
   </si>
   <si>
     <t>Цель — повышение экологической культуры молодых людей в Костромской, Ярославской, Нижегородской областях, Республика Марий Эл и Чувашской Республике путем установки экоконтейнеров для сбора макулатуры в социальных учреждениях и проведение эколого-просветительских мероприятий</t>
   </si>
   <si>
     <t>https://vk.com/bezbumagy</t>
   </si>
   <si>
     <t>Автономная некоммерческая организация "Центр поддержки социально значимых проектов "Меняющие мир"</t>
   </si>
   <si>
     <t>Нижегородская область Дзержинск Циолковского 82-20</t>
   </si>
   <si>
     <t>https://changingtheworld.ru</t>
   </si>
   <si>
     <t>adspfo@mail.ru</t>
-  </si>
-[...70 lines deleted...]
-    <t>garant@ngo-garant.ru</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -625,340 +622,338 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H1" sqref="H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="201.665039" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="123.826904" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="249.938965" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="35.2771" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="3561.416016" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="128.540039" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="176.813965" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="81.265869" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="89.549561" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.129639" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="26.993408" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="D2"/>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
       <c r="E2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2"/>
       <c r="H2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E4" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="F4" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="G4" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="H4" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="B5" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="C5" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D5"/>
       <c r="E5" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="F5" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="G5"/>
       <c r="H5" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B6" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="C6" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="D6" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="E6" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="F6" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="G6" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="H6" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>45</v>
+      </c>
+      <c r="B7" t="s">
+        <v>46</v>
+      </c>
+      <c r="C7" t="s">
+        <v>47</v>
+      </c>
+      <c r="D7" t="s">
+        <v>48</v>
+      </c>
+      <c r="E7" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" t="s">
         <v>42</v>
       </c>
-      <c r="B7" t="s">
+      <c r="G7" t="s">
         <v>43</v>
       </c>
-      <c r="C7" t="s">
+      <c r="H7" t="s">
         <v>44</v>
-      </c>
-[...13 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>49</v>
+      </c>
+      <c r="B8" t="s">
         <v>50</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>51</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>52</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>53</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
         <v>54</v>
       </c>
-      <c r="F8" t="s">
+      <c r="G8" t="s">
         <v>55</v>
       </c>
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>57</v>
+      </c>
+      <c r="B9" t="s">
         <v>58</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>59</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>60</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>61</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
         <v>62</v>
       </c>
-      <c r="F9" t="s">
+      <c r="G9" t="s">
         <v>63</v>
       </c>
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>65</v>
+      </c>
+      <c r="B10" t="s">
         <v>66</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>67</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>68</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>69</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
         <v>70</v>
       </c>
-      <c r="F10" t="s">
+      <c r="G10" t="s">
         <v>71</v>
       </c>
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>73</v>
+      </c>
+      <c r="B11" t="s">
         <v>74</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>75</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>76</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>77</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
         <v>78</v>
       </c>
-      <c r="F11" t="s">
+      <c r="G11" t="s">
         <v>79</v>
       </c>
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">