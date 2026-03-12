--- v0 (2025-10-19)
+++ v1 (2026-03-12)
@@ -12,76 +12,136 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Проекты" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Даты</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Организация</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Веб-сайт</t>
   </si>
   <si>
     <t>E-mail</t>
   </si>
   <si>
+    <t>Школа для тренеров некоммерческого сектора: расширяем профессиональное сообщество</t>
+  </si>
+  <si>
+    <t>Март 2020 — Август 2021</t>
+  </si>
+  <si>
+    <t>Реализация проекта «Школа для тренеров НКО» в 2018-2019 г. при поддержке Фонда президентских грантов позволила разработать методику преподавания 3-х базовых курсов для НКО и подготовить группу специалистов РЦ, которые могут проводить обучение по этим темам. Однако запрос на подготовку специалистов, обучающих НКО по-прежнему есть, особенное в части проведения практических тренингов. В рамках этого проекта планируется продолжить обучение специалистов РЦ ведению тренингов по базовым темам (используя результаты предыдущего проекта), а также расширить методический комплекс разработкой тренинга по теме «управление проектом и организацией», подготовкой сборника игровых заданий и упражнений для проведения тренингов и созданием уникальной игры-конструктора для проведения практических мастерских по социальному проектированию. Мероприятия проекта будут ориентированы на разные уровни подготовки специалистов, обучающих НКО (Школы для начинающих тренеров и Школы для опытных специалистов). Это обеспечит дифференцированный подход в работе с участниками, позволяющий достигнуть лучших результатов в обучении тренеров. Отбор участников будет проходит посредством открытого конкурса. Под руководством экспертов по результатам обучения участники Школ проведут семинары по базовым темам для НКО в своих территориях, что обеспечит синергетический эффект взаимодействия всех участников проекта для повышения профессионального уровня специалистов некоммерческого сектора в целом. Благодаря подготовке специалистов-тренеров и их дальнейшей работе в своих территориях, будут созданы условия для повышения качества обучения специалистов НКО и развитию сообщества тренеров.</t>
+  </si>
+  <si>
+    <t>https://ngogarant.ru/projects/view/41</t>
+  </si>
+  <si>
+    <t>Межрегиональная благотворительная общественная организация "Центр социальных технологий "Гарант"</t>
+  </si>
+  <si>
+    <t>163000, Архангельск, улица Попова, дом 18 (1 подъезд, 4 этаж)</t>
+  </si>
+  <si>
+    <t>https://ngogarant.ru/</t>
+  </si>
+  <si>
+    <t>garant@ngo-garant.ru</t>
+  </si>
+  <si>
+    <t>«Сервис ресурсных решений для НКО»</t>
+  </si>
+  <si>
+    <t>Ноябрь 2019 — Декабрь 2020</t>
+  </si>
+  <si>
+    <t>Проект направлен на повышение уровня устойчивости функционирования некоммерческих организаций Самарской области. Деятельность по проекту включает четыре направления деятельности: организационно-техническое, в том числе имущественное; повышение уровня профессионализма сотрудников и добровольцев; повышение узнаваемости деятельности инициативных групп граждан и НКО; поддержка добровольческих акций в регионе. В Самаре и Сызрани продолжат функционировать коворкинг-офисы для НКО. Сотрудники и добровольцы НКО воспользуются помещениями для проведения своих мероприятий, получат бесплатные консультации, информационную и методическую поддержку. Интернет-сервис «Облачная бухгалтерия» предоставит услуги НКО, использующим упрощенную систему налогообложения. Они смогут бесплатно подготовить «нулевую» отчетность в ФНС, Росстат, Минюст и т.д. Бюро «проката» позволит НКО не тратить средства на приобретение материальных ценностей, которые уже есть у других организаций. Важной задачей является повышение уровня профессионализма сотрудников и добровольцев НКО: курс «Медиа компетенции» для сотрудников НКО; программа для добровольцев региона, включающая вопросы поддержки добровольчества, развитие компетенций, нужных для работы с целевыми группами; тренинги по проектированию, документообороту, привлечению ресурсов для НКО; курс «Соседская мастерская» для представителей местных сообществ Сызрани. Сотрудники и добровольцы НКО смогут принять участие в образовательной программе молодежного форума ПФО «iВолга» и посетить занятия лучших спикеров РФ. В проекте начнет работать «Студенческая журналистская клиника» для НКО. В нее войдут молодые люди из различных образовательных учреждений Самары. После обучения они смогут осуществлять информационное сопровождение НКО – освещать наиболее крупные и интересные мероприятия. Фото-волонтеры смогут сделать качественные снимки с мероприятий наших коллег. Повышение узнаваемости деятельности инициативных групп граждан и общественных объединений планируется начать с проведения дней открытых дверей НКО, которые смогут посетить медиа-волонтеры и местные жители. Свежий формат пресс-завтраков для НКО и медиа-волонтеров с участием представителей пресс-служб, СМИ и блогеров позволит в непринужденной обстановке обсуждать различные темы, волнующие собравшихся. В рамках проекта будет проводиться Акция «БлагоДарить», направленная на популяризацию добровольчества и привлечение внимания широкой общественности к тем людям, которые «работают» добровольцами в НКО. Важной поддержкой инициативной молодежи станет проведение конкурса добровольческих акций. Реализация актуальных для территорий добровольческих акций поможет в решении локальных социальных проблем, а поддержка инициатив молодого поколения будет способствовать вовлечению их в социальную жизнь общества, к тому же включенное в конкурс обучение позволит молодым людям действовать грамотно и избежать большинства ошибок.</t>
+  </si>
+  <si>
+    <t>https://xn--80afcdbalict6afooklqi5o.xn--p1ai/public/application/item?id=DCAE7C28-1909-4B89-A5F5-C9B0042019E0</t>
+  </si>
+  <si>
+    <t>Самарская региональная общественная организация поддержки социальных инициатив «Ресурсный клуб»</t>
+  </si>
+  <si>
+    <t>Самарская область, г.Самара, ул.Ново-Садовая, д.12, кв.12</t>
+  </si>
+  <si>
+    <t>http://resursclub.info</t>
+  </si>
+  <si>
+    <t>maistr@yandex.ru</t>
+  </si>
+  <si>
+    <t>«Ресурсы.Есть»</t>
+  </si>
+  <si>
+    <t>Июль 2020 — Июль 2021</t>
+  </si>
+  <si>
+    <t>Проект «Ресурсы.Есть» направлен на повышение уровня устойчивости функционирования НКО Самарской области. Деятельность по проекту включает три направления: 1. Организационно-техническая и имущественная поддержка деятельности НКО осуществляется через интернет-сервис «Облачная бухгалтерия», Бюро «проката» для НКО, Службу фото-волонтеров и Карту ресурсов для НКО Самарской области. «Облачная бухгалтерия» предоставит услуги НКО, использующим упрощенную систему налогообложения. Не менее 300 НКО бесплатно подготовят «нулевую» отчетность в ФНС, Росстат, Минюст и т.д, получат ответы на свои вопросы по бухучету и налогообложению. Бюро «проката» позволит НКО пользоваться бесплатно материальными ценностями, которые есть у других НКО. Служба фото-волонтеров на безвозмездной основе проведет репортажную съемку не менее 15 мероприятий НКО. По итогам проекта будет разработано и размещено в общем доступе электронное издание региональной Карты ресурсов для НКО с перечнем доступных ресурсов и условиями их использования. С целью поддержки деятельности НКО будет проводиться и работа по консолидации усилий не менее 20 Ресурсных центров (РЦ) региона. Вопросы ресурсной поддержки НКО, регламенты и стандарты услуг РЦ будут обсуждаться в рамках Лаборатории развития РЦ. 2. Школа организаторов деловых мероприятий НКО, включающая курсы по проектированию и организации деловых мероприятий, обязательное практическое участие слушателей в организации крупных региональных деловых мероприятий для НКО или добровольцев, направлена на повышение уровня профессионализма сотрудников и добровольцев НКО. Не менее 75% выпускников Школы приобретут компетенции, необходимые для качественной организации и проведения собственных деловых мероприятий. Для повышения уровня профессионализма сотрудников и добровольцев НКО организуется и участие не менее 75 представителей НКО в 3-х днях образовательной программы молодежного форума ПФО «iВолга». 3. Для повышения узнаваемости деятельности НКО проводится традиционная Акция «БлагоДарить», в рамках которой сотрудники не менее 40 НКО и муниципальных учреждений социальной сферы выразят благодарность не менее 2000 добровольцам региона. В апреле 2021 года в проекте запланирована онлайн-акция, направленная на продвижение деятельности НКО. Благодаря этой пилотной акции посещаемость интернет-ресурсов не менее 10 НКО-участников одномоментно возрастет на 15-20%. Наиболее ярким мероприятием проекта «Ресурсы.есть» станет Форум, посвященный вопросам их привлечения. Благодаря Форуму не менее 150 чел. познакомятся с разными видами ресурсов, которые можно привлечь в регионе или получить в РЦ (предоставление помещений, оборудования, костюмов, информация о конкурсах, бесплатные услуги РЦ, возможности для обучения и консультаций, помощь других НКО, участие в торгах, безвозмездная передача вещей и мн.др.) Специалисты НКО смогут на Форуме обменяются технологиями, формами работы и т.д. Проект «Ресурсы.Есть» реализуется с использованием гранта Президента Российской Федерации на развитие гражданского общества, предоставленного Фондом президентских грантов.</t>
+  </si>
+  <si>
+    <t>https://xn--80afcdbalict6afooklqi5o.xn--p1ai/public/application/item?id=0C0DCE71-48D6-48AE-B9F3-5BBE7399EE61</t>
+  </si>
+  <si>
     <t>Инициативная группа "Аракчеевский парк"</t>
   </si>
   <si>
     <t>Март 2019 — Август 2020</t>
   </si>
   <si>
     <t>В 2018 году при Новгородской региональной общественной организации «Творческий центр «Территория успеха» (руководитель Долгополова Валентина Альбертовна) самоорганизовалась группа жителей города Чудово и села Грузино. Цель объединения - сохранение, использование в современных условиях и популяризация объекта культурного наследия «Усадьба Алексея Андреевича Аракчеева. Парк 18-19вв». Надо отметить, что это далеко не первая попытка вдохнуть жизнь в усадьбу. Как правило, инициативы возникали в годы юбилейных мероприятий. В 2009 году была создана рабочая группа по увековечению памяти А.А.Аракчеева по поручению Губернатора НО С.Г.Митина. В 2014-15 году были разработаны новые планы, назначены ответственные и даже получены гранты на проектную документацию мемориального комплекса. Каждый раз эти инициативы останавливались на каком-либо этапе в основном из-за отсутствия финансирования. Инициативная группа «Аракчеевский парк» попыталась объединить этих людей, учесть их наработки и привлечь новых сторонников. И надеемся, что благодаря, в том числе, участию в мероприятиях разного уровня, нам всем удастся продвинуться гораздо дальше.</t>
   </si>
   <si>
     <t>Новгородская региональная общественная организация "Творческий центр "Территория успеха"</t>
   </si>
   <si>
     <t>174210 Новгородская область, г. Чудово, ул. Сергея Кузнецова, д.6 кв. 4</t>
   </si>
   <si>
     <t>http://raduga53.ru</t>
   </si>
   <si>
     <t>dolgopolowa.valentina2015@yandex.ru</t>
   </si>
   <si>
     <t>Межрегиональный ресурсно-методический центр «ГородОК»</t>
   </si>
   <si>
     <t>Январь — Ноябрь 2019</t>
@@ -174,95 +234,50 @@
     <t>Москва, Малый Кисельный переулок, дом 1/9, офис 402</t>
   </si>
   <si>
     <t>https://www.infoculture.ru/</t>
   </si>
   <si>
     <t>infoculture@infoculture.ru</t>
   </si>
   <si>
     <t>От разовой помощи к системному сотрудничеству: развитие потенциала НКО в привлечении местных ресурсов и выстраивании партнеров для решения социальных задач.</t>
   </si>
   <si>
     <t>Некоммерческий сектор постепенно становится сектором экономики, беря на себя решение актуальных социальных проблем, причем близость организаций к своей целевой группе дает возможность быстро реагировать на потребности тех, для кого они работают. Однако, ориентируясь только на бюджетное финансирование, НКО рискуют потерять свою гибкость и устойчивость, не могут быстро перестраивать свою деятельность, часть затрат, необходимых для помощи благополучателям, не может быть включена в проекты, финансируемые из бюджета. Для того, чтобы соответствовать требованиям времени, быть устойчивыми и гибкими в реакции на запросы целевой группы и обладать общественной поддержкой НКО должны уметь привлекать ресурсы не только из бюджета, но и из других, особенно местных, источников. Основой для этого проекта стали результаты проекта «Развитие системной благотворительности и местных ресурсов для поддержки НКО в регионах», реализованного в 2018-2019 гг, который был ориентирован на обучение НКО технологиям привлечения местных ресурсов. Однако, в ходе его реализации стало понятно, что, даже владея технологиями проведения фандрайзинговых акций, НКО не всегда удается эффективно привлекать местные ресурсы, т.к. они плохо понимают мотивацию и потребности бизнеса и частных доноров и и не умеют выстраивать партнерство. Особенностью и инновацией этого проекта является то, что он будет ориентирован на изучение мотивации доноров, выявление и описание партнерских социальных проектов с точки зрения взаимных интересов. В ходе проекта не менее чем в 8 регионах силами местных РЦ будет проведено исследование мотивации участия бизнеса в социальной деятельности, собраны практики сотрудничества НКО и бизнеса в решении социальных проблем, подготовлен сборник, описывающий эти практики с точки зрения мотивации участников (НКО и бизнеса) к совместной социальной деятельности. Результаты исследования будут обсуждены на региональных экспертных встречах, где участники из разных секторов обсудят возможности развития взаимодействия бизнеса и НКО и условия, которые могут стимулировать такие партнерства. На основе полученных результатов будет продолжено обучение НКО в «Школе актуального фандрайзинга» с упором на поиск взаимных выгод с местными донорами, формирование навыков эффективных коммуникаций и выстраивания социального партнерства. НКО, занимающиеся привлечением ресурсов из местных источников, получат экспертное сопровождение и помощь в разработке стратегии фандрайзинга. Это особенно важно в сегодняшней ситуации, когда возможности местных благотворителей сильно сократились из-за экономического спада вызванного эпидемией, а вовлечение местных доноров в совместное решение социальных проблем требует новых подходов, основанных на взаимном интересе. Итоговая Конференция «Благотворительность в провинциальной России» станет площадкой, где будут представлены полученные результаты проекта, обсуждены итоги и разработаны следующие шаги в развитии благотворительности в регионах России.</t>
   </si>
   <si>
     <t>Благотворительный Фонд развития сообщества "Гарант"</t>
   </si>
   <si>
     <t>Архангельск, улица Попова, дом 18, офис 7 (левый подъезд, 4 этаж)</t>
   </si>
   <si>
     <t>http://fondgarant.ru/</t>
   </si>
   <si>
     <t>kalinina@ngo-garant.ru</t>
-  </si>
-[...43 lines deleted...]
-    <t>info@lawcs.ru</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -588,330 +603,332 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H1" sqref="H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="185.097656" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="32.991943" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="3515.427246" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="172.10083" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="3629.827881" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="128.540039" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="135.53833" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="154.390869" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="84.836426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.991943" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="42.418213" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="D2"/>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
       <c r="E2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>24</v>
+      </c>
+      <c r="B4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C4" t="s">
+        <v>26</v>
+      </c>
+      <c r="D4" t="s">
+        <v>27</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4" t="s">
         <v>23</v>
-      </c>
-[...17 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
         <v>30</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D5"/>
+      <c r="E5" t="s">
         <v>31</v>
       </c>
-      <c r="C5" t="s">
+      <c r="F5" t="s">
         <v>32</v>
       </c>
-      <c r="D5" t="s">
+      <c r="G5" t="s">
         <v>33</v>
       </c>
-      <c r="E5" t="s">
+      <c r="H5" t="s">
         <v>34</v>
-      </c>
-[...7 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
+        <v>35</v>
+      </c>
+      <c r="B6" t="s">
+        <v>36</v>
+      </c>
+      <c r="C6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D6" t="s">
         <v>38</v>
       </c>
-      <c r="B6" t="s">
+      <c r="E6" t="s">
         <v>39</v>
       </c>
-      <c r="C6" t="s">
+      <c r="F6" t="s">
         <v>40</v>
       </c>
-      <c r="D6"/>
-[...5 lines deleted...]
-      </c>
       <c r="G6" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="H6" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B7" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C7" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D7"/>
       <c r="E7" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="F7" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="G7" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="H7" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B8" t="s">
-        <v>39</v>
+        <v>51</v>
       </c>
       <c r="C8" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="D8"/>
+        <v>52</v>
+      </c>
+      <c r="D8" t="s">
+        <v>53</v>
+      </c>
       <c r="E8" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="F8" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="G8" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="H8" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>58</v>
+      </c>
+      <c r="B9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C9" t="s">
+        <v>60</v>
+      </c>
+      <c r="D9"/>
+      <c r="E9" t="s">
         <v>54</v>
       </c>
-      <c r="B9" t="s">
+      <c r="F9" t="s">
         <v>55</v>
       </c>
-      <c r="C9" t="s">
+      <c r="G9" t="s">
         <v>56</v>
       </c>
-      <c r="D9" t="s">
+      <c r="H9" t="s">
         <v>57</v>
-      </c>
-[...10 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="B10" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="C10" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="D10"/>
       <c r="E10" t="s">
-        <v>50</v>
+        <v>64</v>
       </c>
       <c r="F10" t="s">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="G10" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="H10" t="s">
-        <v>53</v>
+        <v>67</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="B11" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="C11" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="D11"/>
       <c r="E11" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F11" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="G11" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="H11" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">