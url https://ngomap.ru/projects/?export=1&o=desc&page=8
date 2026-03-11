--- v0 (2025-10-19)
+++ v1 (2026-03-11)
@@ -12,97 +12,142 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Проекты" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Даты</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Организация</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Веб-сайт</t>
   </si>
   <si>
     <t>E-mail</t>
   </si>
   <si>
+    <t>От практики к устойчивому развитию: повышение потенциала ресурсных центров для НКО</t>
+  </si>
+  <si>
+    <t>Июль 2017 — Декабрь 2020</t>
+  </si>
+  <si>
+    <t>Проект направлен на Cоздание условий для развития и укрепления НКО через расширение профессиональных компетенций инфраструктурных организаций для НКО и развитие партнерства между ними. Проект опирается на результаты, достигнутые в ходе реализации проекта «Успешные практики в жизнь» и нацелен на оказание помощи организациям, выполняющим функции ресурсных центров (далее РЦ). Опыт реализации предыдущего проекта показал, что зачастую этим организациям не хватает практического опыта в работе с НКО, в организациях не налажены внутренние процессы управления, что снижает эффективность и качество работы. Кроме того, «молодые» ресурсные центры не видят стратегии развития своих организаций, не используют имеющиеся возможности и ресурсы, что приводит к снижению эффективности их работы и, как следствие снижает возможности развития НКО в их регионах. В рамках проекта будет осуществлена организационная поддержка РЦ для НКО, выбранных на конкурсной основе из числа работающих в регионах и активно внедряющих новые формы работы. Для этих организаций буде проведена «Лаборатория практического обучения», основная цель которой дать возможность ресурсным центрам через практическую деятельность получить необходимые в текущей работе навыки. Эти организации под руководством Фонда и с его поддержкой организуют в своих территориях образовательные или фандрайзинговые мероприятия для НКО и на практике получат необходимые компетенции. Будет организовано экспертное сопровождение этих РЦ, включая работу внешнего эксперта в этих организациях, помощь в разработке и внедрении стратегии развития РЦ, стажировку специалистов в успешно работающем РЦ и индивидуальное консультирование по вопросам внедрения услуг для НКО и управления организацией. Также в ходе проекта будет проанализирован и доработан имеющийся у РЦ опыт проведения мероприятий по продвижению НКО в регионах. На основе этого опыта проведена Выставка достижений НКО Архангельской области, на которую в качестве стажеров приедут ресурсные центры из других регионов, чтобы на практике познакомиться с этой и еще несколькими технологиями работы ресурсных центров, направленными на развитие некоммерческого сектора. Благодаря привлечению к реализации проекта успешно работающих ресурсных центров продолжится выстраивание партнерства между инфраструктурными организациями, обмен опытом и технологиями. Кроме того сбор, систематизация и представление на портале www.ngomap.ru информации о действующих инфраструктурных организациях для НКО, их успешных практиках и партнерских проектах позволит укрепить взаимодействие между ресурсными центрами, повысить информированность заинтересованных сторон об их работе, создаст условия для развития общественной активности и некоммерческих организаций. Проведение практической конференции Российская школа грантмейкинга – РШГМ» будет способствовать совершенствованию конкурсных механизмов по поддержке НКО в регионах и включению местных РЦ в эту работу.</t>
+  </si>
+  <si>
+    <t>http://fondgarant.ru/proekty-fonda/342-ot-praktiki-k-ustojchivomu-razvitiyu-povyshenie-potentsiala-resursnykh-tsentrov-dlya-nko</t>
+  </si>
+  <si>
+    <t>Благотворительный Фонд развития сообщества "Гарант"</t>
+  </si>
+  <si>
+    <t>Архангельск, улица Попова, дом 18, офис 7 (левый подъезд, 4 этаж)</t>
+  </si>
+  <si>
+    <t>http://fondgarant.ru/</t>
+  </si>
+  <si>
+    <t>kalinina@ngo-garant.ru</t>
+  </si>
+  <si>
+    <t>Успешные практики в жизнь: повышение потенциала инфраструктурных организаций для НКО</t>
+  </si>
+  <si>
+    <t>Сентябрь 2017 — Ноябрь 2018</t>
+  </si>
+  <si>
+    <t>Проект «Успешные практики в жизнь: повышение потенциала инфраструктурных организаций для НКО» направлен на создание условий для развития и укрепления некоммерческих организаций через расширение профессиональных компетенций инфраструктурных организаций и внедрения в их работу успешных практик в сфере развития социальных услуг НКО, социального предпринимательства, местной благотворительности, конкурсных механизмов поддержки НКО в регионах, а также расширения возможностей использования социальной рекламы. В рамках проекта будет создана профессиональная площадка для обмена опытом и уникальными технологиями между инфраструктурными организациями, что в свою очередь будет способствовать формированию партнерства инфраструктурных организаций, ориентированного на взаимоподдержку, а также развитию и укреплению некоммерческих организаций и сектора в целом. В рамках проекта для инфраструктурных организаций будут проведены 3 методические школы и методическая конференция «Российская школа грантмейкинга», организован всероссийский конкурс социальной рекламы, разработана методика оценки эффективности социальной рекламы. Информационную, консультационную и методическую поддержку получат не менее 300 некоммерческих организаций со всей России, участие в мероприятиях проекта примут не менее 500 специалистов НКО. Проект будет опираться на лучшие практики, наработанные ведущими инфраструктурными организациями Северо-запада, Сибири, Поволжья, Урала и Центральной России.</t>
+  </si>
+  <si>
+    <t>http://fondgarant.ru/proekty-fonda/184-nazvanie-proekta-uspeshnye-praktiki-v-zhizn-povyshenie-potentsiala-infrastrukturnykh-organizatsij-dlya-nko</t>
+  </si>
+  <si>
+    <t>Правовой капитал знаний – основа эффективного целевого капитала</t>
+  </si>
+  <si>
+    <t>Ноябрь 2018 — Декабрь 2020</t>
+  </si>
+  <si>
+    <t>Проект «Правовой капитал знаний – основа эффективного целевого капитала» направлен на создание профессиональной площадки – консультативных центров правовой, бухгалтерской и налоговой поддержки организаций, желающих создать ЦК, и уже действующих НКО-собственников ЦК в разных регионах России.</t>
+  </si>
+  <si>
+    <t>Ассоциация "Юристы за гражданское общество"</t>
+  </si>
+  <si>
+    <t>119019, г. Москва, Малый Знаменский переулок, д. 3/5, стр. 6 (вход через проходную по адресу: Большой Знаменский переулок, д. 2/7)</t>
+  </si>
+  <si>
+    <t>http://lawcs.ru/</t>
+  </si>
+  <si>
+    <t>info@lawcs.ru</t>
+  </si>
+  <si>
     <t>Правовая академия НКО</t>
   </si>
   <si>
     <t>Декабрь 2019 — Июнь 2022</t>
   </si>
   <si>
     <t>Проект направлен на создание понятной, грамотной, логически выстроенной «обучающей» программы «Правовая академия НКО», состоящей из 6 взаимосвязанных модулей по основным правовым жизненно важным аспектам деятельности НКО. В программу входят не только теоретические знания по административному, трудовому, гражданскому, налоговому, уголовному праву и др., но и практические занятия, столь необходимые для руководителей организаций при применении правовых знаний. В течение срока проекта планируется провести 5 обучающих циклов не менее чем в 25 субъектах для активных НКО, чья деятельность направлена на поддержку организации региона. В каждом цикле (параллельно в течение трех месяцев обучение НКО будут проходить в 5 регионах) примут участие по 20 представителей НКО.</t>
   </si>
   <si>
-    <t>Ассоциация "Юристы за гражданское общество"</t>
-[...10 lines deleted...]
-  <si>
     <t>Ресурсный центр социальных предпринимателей Арктики.</t>
   </si>
   <si>
     <t>Май 2015 — Январь 2022</t>
   </si>
   <si>
     <t>Создание в Красноярском крае и Мурманской области системы поддержки социальных предпринимателей и социально-ориентированных НКО, ведущих предпринимательскую деятельность.</t>
   </si>
   <si>
     <t>Союз промышленников и предпринимателей Заполярья</t>
   </si>
   <si>
     <t>Норильск, ул. Комсомольская, 10</t>
   </si>
   <si>
     <t>http://www.arctic-social.biz</t>
   </si>
   <si>
     <t>spp@nrd.ru</t>
   </si>
   <si>
     <t>Некоммерческий сектор Кузбасса: устойчивое развитие</t>
   </si>
   <si>
     <t>Ноябрь 2018 — Ноябрь 2019</t>
@@ -171,92 +216,50 @@
     <t>В Хабаровском крае за последние 6 лет создан прочный фундамент как для формирования профессиональной деятельности некоммерческих организаций, так и для развития гражданской активности на местах. По результатам рейтинга субъектов РФ, проведенного в 2017 г., по итогам реализации механизмов поддержки СОНКО &lt;..&gt; край занял второе место. Это результат комплексной и системной работы краевых органов власти и НКО-ресурсных центров (РЦ), деятельность которых была инициирована в рамках региональной программы поддержки СОНКО и координировалась отделом по взаимодействию с СОНКО управления общественных связей министерства внутренней политики и информации края. Но запущенные в крае и муниципалитетах процессы бурного развития гражданского общества требуют системного сопровождения, стратегического видения и тактической "подстройки". Однако в крае сложилась непростая ситуация, обусловленная реорганизацией структур управления, кадровыми перестановками, "размыванием" прежних приоритетов социально-экономического развития региона. Это объективно привело к ослаблению инфраструктурной поддержки НКО-сектора. Проект призван снизить риск утраты темпов и смыслов развития третьего сектора и созидательной гражданской активности. Таким образом, цель проекта - способствовать сохранению и улучшению в Хабаровском крае среды, благоприятной для развития гражданских инициатив, благотворительности, эффективной работы социально ориентированных некоммерческих организаций. Проект реализуется при поддержке Фонда президентских грантов.</t>
   </si>
   <si>
     <t>http://xn----7sbb2bohbflll.xn--p1ai/category/projects/sluzhba-soprovozhdeniya-grazhdanskih-inicziativ-upravlenie-izmeneniyami/</t>
   </si>
   <si>
     <t>Создание акселератора социальных проектов «ДА!НКО» на территории Владимирской области на базе Дома НКО</t>
   </si>
   <si>
     <t>Июль 2019 — Декабрь 2020</t>
   </si>
   <si>
     <t>Цель проекта: Создание механизма ускоренного становления профессиональных НКО во Владимирской области, их организационного развития, обеспечения ресурсной устойчивости и информационного продвижения. Задачи проекта: Проанализировать состояние некоммерческого сектора и уровня развития СО НКО во Владимирской области; Провести пилотную акселерационную программу «Да!НКО» для инициативных групп граждан и представителей СО НКО Владимирской области. Оказать информационную, консультационную, организационную, образовательную поддержку СО НКО Владимирской области; Сформировать постоянно действующий механизм профессионализации, ускоренного развития СО НКО на базе Дома НКО Владимирской области; распространить опыт реализации программы. Источник финансирования: средства гранта, предоставленного Фондом Президентских грантов.</t>
   </si>
   <si>
     <t>Автономная некоммерческая организация содействия развитию некоммерческих организаций Владимирской области и межнациональных отношений "Дом некоммерческих организаций Владимирской области"</t>
   </si>
   <si>
     <t>Владимир, ул. Дзержинского, д. 5, каб. 9</t>
   </si>
   <si>
     <t>http://ngo33.ru/</t>
   </si>
   <si>
     <t>ngo33@yandex.ru</t>
-  </si>
-[...40 lines deleted...]
-    <t>kaykino10@gmail.com</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -580,334 +583,336 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H1" sqref="H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="176.813965" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="149.677734" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="121.398926" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="32.991943" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="3469.438477" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="172.10083" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="221.660156" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="154.390869" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="34.134521" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="23.422852" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="26.993408" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="D2"/>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
       <c r="E2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H3" t="s">
         <v>15</v>
-      </c>
-[...17 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
+      <c r="D4"/>
+      <c r="E4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="F4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
+      <c r="G4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>26</v>
-      </c>
-[...7 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="B5" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="C5" t="s">
-        <v>32</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="D5"/>
       <c r="E5" t="s">
+        <v>23</v>
+      </c>
+      <c r="F5" t="s">
+        <v>24</v>
+      </c>
+      <c r="G5" t="s">
+        <v>25</v>
+      </c>
+      <c r="H5" t="s">
         <v>26</v>
-      </c>
-[...7 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
+        <v>30</v>
+      </c>
+      <c r="B6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6"/>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
         <v>34</v>
       </c>
-      <c r="B6" t="s">
+      <c r="G6" t="s">
         <v>35</v>
       </c>
-      <c r="C6" t="s">
+      <c r="H6" t="s">
         <v>36</v>
-      </c>
-[...13 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>37</v>
+      </c>
+      <c r="B7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D7" t="s">
+        <v>40</v>
+      </c>
+      <c r="E7" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" t="s">
         <v>42</v>
       </c>
-      <c r="B7" t="s">
+      <c r="G7" t="s">
         <v>43</v>
       </c>
-      <c r="C7" t="s">
+      <c r="H7" t="s">
         <v>44</v>
-      </c>
-[...13 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B8" t="s">
         <v>46</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>47</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>48</v>
       </c>
-      <c r="D8"/>
       <c r="E8" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="F8" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="G8" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="H8" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>49</v>
+      </c>
+      <c r="B9" t="s">
+        <v>50</v>
+      </c>
+      <c r="C9" t="s">
+        <v>51</v>
+      </c>
+      <c r="D9" t="s">
+        <v>52</v>
+      </c>
+      <c r="E9" t="s">
         <v>53</v>
       </c>
-      <c r="B9" t="s">
+      <c r="F9" t="s">
         <v>54</v>
       </c>
-      <c r="C9" t="s">
+      <c r="G9" t="s">
         <v>55</v>
       </c>
-      <c r="D9"/>
-[...8 lines deleted...]
-      </c>
       <c r="H9" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>57</v>
+      </c>
+      <c r="B10" t="s">
+        <v>58</v>
+      </c>
+      <c r="C10" t="s">
+        <v>59</v>
+      </c>
+      <c r="D10" t="s">
+        <v>60</v>
+      </c>
+      <c r="E10" t="s">
+        <v>53</v>
+      </c>
+      <c r="F10" t="s">
+        <v>54</v>
+      </c>
+      <c r="G10" t="s">
+        <v>55</v>
+      </c>
+      <c r="H10" t="s">
         <v>56</v>
-      </c>
-[...17 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B11" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C11" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="D11"/>
       <c r="E11" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F11" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G11" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H11" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">