--- v0 (2025-10-19)
+++ v1 (2026-03-11)
@@ -12,98 +12,140 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Проекты" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Даты</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Организация</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Веб-сайт</t>
   </si>
   <si>
     <t>E-mail</t>
   </si>
   <si>
+    <t>Развитие ресурсного центра поддержки социально ориентированных некоммерческих организаций Владимирской области</t>
+  </si>
+  <si>
+    <t>Июнь 2018 — Ноябрь 2019</t>
+  </si>
+  <si>
+    <t>1.Проведено исследование «Представления жителей г. Владимира о роли некоммерческих организаций в решении проблем в местном сообществе»: http://ngo33.ru/wp-content/uploads/2019/03/Sotsiologicheskoe_issledovanie_NKO_2018.pdf 2. Проведены 2 курса «Школа НКО» (6 семинаров по 8 академических часов). 3. Проведены 2 курса «Школа молодежного актива» (6 семинаров по 8 академических часов). 4. Проведено три 2-х-дневных семинара-практикума «Школа социального проектирования». 5. Проведено 19 семинаров для СО НКО Владимирской области по актуальным вопросам деятельности. 6. Проведено 411 консультаций СО НКО в ресурсном центре по правовым, бухгалтерским вопросам, фандрайзингу, социальному проектированию, управлению организацией и пр. 7. Зарегистрированы «под ключ» 28 СО НКО. 8. Осуществлялась информационная рассылка по адресам 180 представителей СО НКО Владимирской области не реже 2 раз в месяц. Информирование СО НКО Владимирской области о мероприятиях, проводимых конкурсах грантов и субсидий осуществлялось также через сайт Дома НКО (раздел «Новости», раздел «Конкурсы и гранты») 9. Создано 23 сайта СО НКО Владимирской области. 10. Создано 17 страниц в социальных сетях. 11. Изготовлено 5 видео-уроков по актуальным вопросам деятельности НКО. Проект реализован при поддержке Фонда Президентских грантов.</t>
+  </si>
+  <si>
+    <t>Автономная некоммерческая организация содействия развитию некоммерческих организаций Владимирской области и межнациональных отношений "Дом некоммерческих организаций Владимирской области"</t>
+  </si>
+  <si>
+    <t>Владимир, ул. Дзержинского, д. 5, каб. 9</t>
+  </si>
+  <si>
+    <t>http://ngo33.ru/</t>
+  </si>
+  <si>
+    <t>ngo33@yandex.ru</t>
+  </si>
+  <si>
+    <t>Школа социального проектирования</t>
+  </si>
+  <si>
+    <t>Февраль — Сентябрь 2018</t>
+  </si>
+  <si>
+    <t>В рамках реализации проекта «Школа социального проектирования» были проведены мероприятия, направленные на развитие у СО НКО Владимирской области навыка подготовки заявок на конкурсы грантов и субсидий. 1. Проведено 5 двухдневных семинаров-практикумов «Социальное проектирование» для СО НКО Владимирской области. На семинаре были освещены следующие вопросы: понятие социального проектирования, теория, сущностные характеристики, основные предпосылки и уровни, а также цели, задачи и технологии социального проектирования, его специфика в НКО, классификация социальных проектов, основные требования к составлению бюджета проекта, особенности формирования расходов по отдельным статьям, типовые ошибки при формировании и оформлении бюджета проекта, процедура и критерии оценки социальных проектов, тренинг «Разработка социального проекта». Для участия в семинарах-практикумах было сформировано 5 групп из числа представителей СО НКО региона, включая представителей организаций из муниципальных образований Владимирской области. 2. Проведено 8 семинаров по отдельным конкурсам грантов и субсидий. 3. Осуществлена информационная рассылка о конкурсах грантов и субсидий для СО НКО по электронным адресам 180 СО НКО Владимирской области. 4. Доведена информация о 27 актуальных конкурсах грантов и субсидий через сайт, группы в социальных сетях для СО НКО Владимирской области. 5. Проведено 58 консультаций по вопросам участия в конкурсах грантов и субсидий. Оказана помощь в подготовке 46 заявок СО НКО Владимирской области на конкурсы грантов и субсидий. Проект реализован при поддержке Фонда Президентских грантов.</t>
+  </si>
+  <si>
+    <t>Культурный практикум-содействие развитию НКО, работающих в сфере сохранения культурного наследия через повышение компетенций и освоение IT технологий</t>
+  </si>
+  <si>
+    <t>Март — Ноябрь 2016</t>
+  </si>
+  <si>
+    <t>Проект направлен на сохранение и популяризацию объектов культурного наследия путем повышения компетенций НКО, кураторской поддержки и освоения IT технологий. В трех семинарах-практикумах и мероприятих проекта приняли участие около 100 представителей 32 НКО из 7 районов ЛО; кураторские консультации по разработке и экспертизе 18 проектов; создано 6 сайтов для НКО ЛО.</t>
+  </si>
+  <si>
+    <t>http://creaprok.com/kulturnyiy-praktikum/</t>
+  </si>
+  <si>
+    <t>Автономная некоммерческая организация по развитию индивидуального творчества и креативных отраслей " Творческие проекты Кайкино"</t>
+  </si>
+  <si>
+    <t>188423, Ленинградская область, Волосовский район, д. Кайкино, 10</t>
+  </si>
+  <si>
+    <t>http://creaprok.com</t>
+  </si>
+  <si>
+    <t>kaykino10@gmail.com</t>
+  </si>
+  <si>
     <t>Практикум эффективного развития СОНКО Юго-Запада Ленинградской области</t>
   </si>
   <si>
     <t>Июнь — Ноябрь 2019</t>
   </si>
   <si>
     <t>Проект направлен на поддержку начинающих свою деятельность некоммерческих организаций и инициативных групп Юго-Запада Ленинградской области, которым необходима помощь в области стратегического развития, активизации проектной деятельности, в сфере бухгалтерского и налогового учета, информационном продвижении, а также юридических вопросах. Подготовка и регистрация новых НКО (4), содействие в подготовке проектов на федеральные конкурсы , развитие горизонтального взаимодействия.</t>
   </si>
   <si>
     <t>http://creaprok.com/praktikum-effektivnogo-razvitiya-sonko-yugo-zapada-leningradskoy-oblasti/</t>
-  </si>
-[...10 lines deleted...]
-    <t>kaykino10@gmail.com</t>
   </si>
   <si>
     <t>Инкубатор для НКО Ямала</t>
   </si>
   <si>
     <t>Март 2020 — Август 2021</t>
   </si>
   <si>
     <t>Проект - это два потока полугодового комплексного образовательного онлайн-марафона для 40 НКО региона. Поток это: 3 -х месячная "Школа бухгалтера НКО: базовый курс", 2-х месячный "Проектный марафон", 4 вебинара по выбору участников. В итоге получим апрбированную технологию, которую представим в на онлайн конференции для всех заинтересованных сторон. Что получит НКО от участия в проекте "Инкубатор для НКО Ямала": - обученного бухгалтера; - двух специалистов с опытом самостоятельной разработки заявки на грантовый конкурс; - подготовленную качественную заявку на грантовый конкурс; - помощь в продвижении в Интернет-пространстве; - консультации по основным вопросам деятельности в режиме "позвонил - спросил-ответили". Проект успешно закончен, создан электронный сбрник по итогам:https://xn--80aa2afdei0l.xn--p1ai/news/itogi-proekta-inkubator-dlya-nko-yamala/otchet-inkubator-dlya-nko-yamala_roo-centr-razvitiya-nko-yamala-2020_2021/</t>
   </si>
   <si>
     <t>http://нкоямала.рф/projects/inkubator-dlya-nko-yamalaroo-centr-razvitiya-nko-yamala-2020-2021-g-g/</t>
   </si>
   <si>
     <t>Региональная общественная организация "Центр поддержки и развития некоммерческих организаций Ямала"</t>
   </si>
   <si>
     <t>629400, ЯНАО, г. Лабытнанги, ул. Обская д.6 «А», кв.44</t>
   </si>
   <si>
     <t>http://xn--80aa2afdei0l.xn--p1ai/</t>
   </si>
   <si>
     <t>PRIEMNAYA@NKOYAMALA.RU</t>
   </si>
@@ -467,170 +509,244 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H1" sqref="H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="83.693848" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="176.813965" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="32.991943" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="1105.301514" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="1900.393066" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="116.685791" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="152.105713" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="221.660156" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="76.552734" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="39.990234" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="26.993408" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="D2" t="s">
+      <c r="D2"/>
+      <c r="E2" t="s">
         <v>11</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
         <v>12</v>
       </c>
-      <c r="F2" t="s">
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D3"/>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="H3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>21</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>23</v>
+      </c>
+      <c r="G4" t="s">
         <v>24</v>
       </c>
-      <c r="B4" t="s">
+      <c r="H4" t="s">
         <v>25</v>
       </c>
-      <c r="C4" t="s">
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" t="s">
         <v>26</v>
       </c>
-      <c r="D4" t="s">
+      <c r="B5" t="s">
         <v>27</v>
       </c>
-      <c r="E4" t="s">
+      <c r="C5" t="s">
         <v>28</v>
       </c>
-      <c r="F4" t="s">
+      <c r="D5" t="s">
         <v>29</v>
       </c>
-      <c r="G4" t="s">
+      <c r="E5" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" t="s">
+        <v>23</v>
+      </c>
+      <c r="G5" t="s">
+        <v>24</v>
+      </c>
+      <c r="H5" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
         <v>30</v>
       </c>
-      <c r="H4" t="s">
+      <c r="B6" t="s">
         <v>31</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>35</v>
+      </c>
+      <c r="G6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>38</v>
+      </c>
+      <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>41</v>
+      </c>
+      <c r="E7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7" t="s">
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">