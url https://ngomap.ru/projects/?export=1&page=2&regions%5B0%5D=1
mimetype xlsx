--- v0 (2025-12-05)
+++ v1 (2026-03-20)
@@ -12,100 +12,136 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Проекты" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Даты</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Организация</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Веб-сайт</t>
   </si>
   <si>
     <t>E-mail</t>
   </si>
   <si>
+    <t>Шире круг. Ресурсный калейдоскоп в глубинке приволжья</t>
+  </si>
+  <si>
+    <t>Февраль 2018 — Декабрь 2019</t>
+  </si>
+  <si>
+    <t>Сегодня эффективность деятельности СОНКО напрямую зависит от их готовности соответствовать требованиям времени – активно внедрять в практику проектный подход, структурировать деятельность в соответствии со стандартами социальных услуг, использовать креативные стратегии в привлечении людей и ресурсов. Начинающие организации испытывают затруднения в обеспечении деятельности и выстраивании отношений с заинтересованными сторонами, опытные организации сталкиваются с проблемой «перезагрузки» формы и содержания взаимодействия с донорами и партнерами, многие оказываются в кризисной ситуации, связанной с «выгоранием» сотрудников и руководителей, выбраться из которых своими силами удается не всем. Региональные ресурсные организации, какими бы уникальными знаниями и технологиями они ни обладали, работая автономно, не могут оперативно и в полном объеме предоставить своим клиентам весь спектр этих услуг. В то же время консолидированные усилия способны решить эту задачу в комплексе. Объединение экспертных, информационных, методических, организационных и коммуникативных возможностей членов сети ресурсных организаций ПФО позволило расширить список и повысить качество услуг, оказываемых ресурсными организациями для СОНКО в регионах.</t>
+  </si>
+  <si>
+    <t>https://sluzhenye-nn.ru/proekty/shire-krug-resursnyy-kaleydoskop-v-glubinke-privolzhya/</t>
+  </si>
+  <si>
+    <t>Нижегородская Ассоциация Неправительственных Некоммерческих Организаций «Служение»</t>
+  </si>
+  <si>
+    <t>603001 Нижний Новгород, ул. Рождественская, 24, центральный подъезд, офис 12</t>
+  </si>
+  <si>
+    <t>http://www.sluzhenye.org/</t>
+  </si>
+  <si>
+    <t>sluzhenye@gmail.com</t>
+  </si>
+  <si>
+    <t>Ресурсный калейдоскоп. Перезагрузка</t>
+  </si>
+  <si>
+    <t>Февраль 2019 — Декабрь 2020</t>
+  </si>
+  <si>
+    <t>Проект был успешно реализован Нижегородской Ассоциацией Неправительственных Некоммерческих Организаций «Служение» и сетью ресурсных центров СО НКО ПФО с использованием гранта Президента Российской Федерации на развитие гражданского общества, предоставленного Фондом президентских грантов в 2019 году.</t>
+  </si>
+  <si>
+    <t>https://sluzhenye-nn.ru/proekty/resursnyy-kaleydoskop-perezagruzka/</t>
+  </si>
+  <si>
+    <t>Антикризисная ресурсная поддержка сети РЦ СО НКО Приволжья</t>
+  </si>
+  <si>
+    <t>Февраль 2021 — Июль 2022</t>
+  </si>
+  <si>
+    <t>Проект был успешно реализован Нижегородской Ассоциацией Неправительственных Некоммерческих Организаций «Служение» и сетью ресурсных центров СО НКО ПФО с использованием гранта Президента Российской Федерации на развитие гражданского общества, предоставленного Фондом президентских грантов в 2020 году.</t>
+  </si>
+  <si>
+    <t>https://sluzhenye-nn.ru/proekty/antikrizisnaya-resursnaya-podderzhka-seti-rts-so-nko-privolzhya/</t>
+  </si>
+  <si>
     <t>Стратегия ресурсной поддержки НКО Приволжья</t>
   </si>
   <si>
     <t>Февраль 2023 — Июль 2024</t>
   </si>
   <si>
     <t>Идея проекта была основана на многолетних наблюдениях за работой ресурсных центров. Они за последние несколько лет стали не только опорой некоммерческим организациям, но и тем связующим звеном, которое позволило объединить региональные НКО и увеличить их эффективность и устойчивость. К сожалению, и у самих ресурсных центров обнаружились свои проблемы. К примеру, низкий уровень взаимодействия различных РЦ внутри регионов, отсутствие опыта стратегического планирования – в РЦ эти процессы шли с определенными трудностями, и многое другое.</t>
   </si>
   <si>
     <t>https://sluzhenye-nn.ru/proekty/strategiya-resursnoy-podderzhki-nko-privolzhya/</t>
   </si>
   <si>
-    <t>Нижегородская Ассоциация Неправительственных Некоммерческих Организаций «Служение»</t>
-[...10 lines deleted...]
-  <si>
     <t>Инкубатор для НКО Ямала. Развитие</t>
   </si>
   <si>
     <t>Февраль 2024 — Январь 2025</t>
   </si>
   <si>
     <t>Проект направлен на решение проблем руководителей СОНКО ЯНАО, имеющих потребность повышения профессиональных компетенций в сфере устойчивого развития организации. Данные ежегодных исследований состояния некоммерческого сектора региона, опыт реализации трех проектов «Инкубатор для НКО Ямала» свидетельствуют о необходимости повышения уровня компетенций в сфере устойчивости: частный фандрайзинг, взаимодействие с бизнесом, продвижение в социальных сетях, оказание социальных услуг, деятельность, приносящая доход и др. Потребность подтверждается запросом самих руководителей НКО Ямала. В рамках проекта “Инкубатор для НКО Ямала. Развитие” мы учреждаем вместе с лидерами сектора премию признания для НКО Ямала, развиваем региональный конкурс публичных отчетов, включив в него и конкурс сайтов НКО региона. Участие в этих событиях – не только мотивация к обучению и развитию, но и приобретение практических компетенций в сфере оценки. Планируем провести серию коротких онлайн курсов от экспертов – практиков из регионов РФ. В рамках «стажировочных площадок» на базе успешных устойчиво работающих НКО пройдут и очные образовательные модули по темам «Частный фандрайзинг в НКО», «Грантрайтинг», «Платные услуги в НКО». Участники «стажировочных площадок» с нашей помощью апробируют практики в своих НКО или территориях, результаты будут представлены на итоговой конференции проекта. Хорошей мотивацией для приобретения компетенций станет включение руководителей и сотрудников НКО в деятельность регионального сообщества экспертов сферы НКО, мы внедрим практику взаимообучения, менторства и самообразования с использованием уже созданных образовательных ресурсов, сайт «Эксперты Ямала» пополнится новыми профилями. Руководители СОНКО ЯНАО в итоге повысят компетенции, необходимые для устойчивой работы НКО: основы частного фандрайзинга, грантрайтинга и экспертизы грантовых заявок, основы взаимодействия с бизнесом, продвижения НКО в социальных сетях, внутренней оценке эффективности работы своей НКО. На практике участники «упакуют» услугу, разработают грантовую заявку, разработают и реализуют фандрайзинговую кампанию, получат практическое руководство по внедрению социальных услуг в своей НКО. Уникальность проекта состоит в дифференцированном подходе к каждому участнику — руководителю НКО, в обязательном сопровождении региональными экспертами внедрения успешных практик коллег, новшеств и полученных знаний. Проект поможет руководителям НКО ЯНАО максимально прирастить свои компетенции, замотивирует к их активному приобретению и практическому применению, укрепит не только устойчивость конкретных НКО, но и регионального сектора в целом. Задачи масштабны, но консолидация НКО, экспертного сообщества, позволит осуществить запланированное и продвинуться некоммерческим организациям на пути профессионализации, а значит, продолжить решать социальные проблемы людей в регионе. Заявка для участников: https://forms.gle/RGH3HkZDqYf8hyDU6 Контакты: Тереш Инна Николаевна, +79044762203</t>
   </si>
   <si>
     <t>Региональная общественная организация "Центр поддержки и развития некоммерческих организаций Ямала"</t>
   </si>
   <si>
     <t>629400, ЯНАО, г. Лабытнанги, ул. Обская д.6 «А», кв.44</t>
   </si>
   <si>
     <t>http://xn--80aa2afdei0l.xn--p1ai/</t>
   </si>
   <si>
     <t>PRIEMNAYA@NKOYAMALA.RU</t>
   </si>
   <si>
     <t>Комплексное социально-правовое сопровождение семей с детьми-инвалидами</t>
   </si>
   <si>
     <t>Август 2022 — Май 2024</t>
@@ -192,92 +228,50 @@
     <t>г. Хабаровск, ул. Ленинградская 30</t>
   </si>
   <si>
     <t>http://nko27.ru/</t>
   </si>
   <si>
     <t>solestan@yandex.ru</t>
   </si>
   <si>
     <t>Мобильная студия "ПроДействие": искусство созидать"</t>
   </si>
   <si>
     <t>Февраль — Август 2024</t>
   </si>
   <si>
     <t>С 1 февраля АНО МИР-центр "ЭРА" (Камчатский край) приступит к реализации проекта "Мобильная студия "ПроДействие": искусство созидать" (завершение 05.08.2024), поддержанный на конкурсной основе субсидией из краевого бюджета. Проект разработан на основе исследования состояния гражданской активности и уровня ее поддержки местными органами власти на территории Корякского округа и Алеутского муниципального округа. Ориентирован на гражданских активистов в п. Палана, п. Оссора, с. Никольское (с возможным участием заинтересованных жителей других населенных пунктов в наземной доступности от указанных), составляющих ресурс для уставной и проектной работы социально ориентированных некоммерческих организаций на отдаленных от краевого центра территориях. В рамках проекта будет работать "Экспертная гостиная" с рассмотрением инициатив местных сообществ и выработкой рекомендаций по их продвижению (в офлайн и онлайн режимах). Дальнейшее развитие проекта предполагается до 31.03.2025 с включением новых территорий края. Приглашаем к сотрудничеству экспертов в сфере развития социально значимой и общественно полезной деятельности НКО и гражданских активистов местных сообществ</t>
   </si>
   <si>
     <t>Автономная некоммерческая организация "Методический и информационно-аналитический ресурсный центр некоммерческих организаций "ЭРА"</t>
   </si>
   <si>
     <t>683038 г. Петропавловск-Камчатский, пр-кт Циолковского, д.23, кв. 44</t>
   </si>
   <si>
     <t>mir-center.era@mail.ru</t>
-  </si>
-[...40 lines deleted...]
-    <t>Проект разработан на основе исследования состояния гражданской активности и уровня ее поддержки местными органами власти на территории Корякского округа и Алеутского МО. Ориентирован на гражданских активистов в п. Палана, п. Оссора с участием заинтересованных жителей населенных пунктов в наземной доступности от указанных поселков, составляющих ресурс для уставной и проектной работы социально ориентированных некоммерческих организаций (НКО). Цель проекта - обеспечение заинтересованных граждан и муниципальных служащих методами и инструментами творчества в создании и продвижении гражданских инициатив, направленных на улучшение качества жизни, с обучением их применению. В ходе проекта осуществляется работа с целевыми группами в разных форматах: - две очные и одна онлайн сессии мобильной студии с участием на договорной основе экспертов и тренеров, имеющий богатый опыт создания и воплощения инициативных проектов местных сообществ; - встреч в Экспертной гостиной с проведением аналитической работы; - онлайн-консультаций для участников студийных сессий; - курирование их работы по доведению инициативы до конкурсной заявки; - творческая студия-практикум на территории уникального природного объекта с представлением практик реализации общественно значимых инициатив в рамках межсекторного сотрудничества. Анализ результатов проекта проводится по результатам опроса участников и презентуется на встрече в Экспертной гостиной в расширенном составе. Главные результаты реализации проекта – участники овладевают инструментами деятельности, мотивирующей членов местных сообществ к совместному творчеству, прежде всего в сотрудничестве с НКО, на благо сообщества; созданы уникальные кейсы местных инициатив для отдаленных населенных пунктов Камчатского края, готовых к заявлению на грантовые конкурсы и тиражированию на другие территории. Проект реализуется командой специалистов, имеющий опыт трансляции умений и навыков социально значимой деятельности через инструменты творчества, личный опыт в создании и доведении до проектов общественных инициатив, а также, дополнительно привлеченными на добровольческой основе руководителями социальных проектов – успешных практик из других муниципальных образований Камчатского края</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -602,53 +596,53 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H1" sqref="H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="188.668213" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="31.706543" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="32.991943" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3516.569824" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="94.262695" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="114.257813" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="176.813965" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="129.682617" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="39.990234" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="26.993408" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
@@ -673,260 +667,264 @@
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="D3"/>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="F3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
         <v>23</v>
       </c>
-      <c r="B4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F4" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="H4" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="B5" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="C5" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="D5" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="E5" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
       <c r="F5" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="H5" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="B6" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="C6" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="D6"/>
       <c r="E6" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="F6" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G6"/>
+        <v>32</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
       <c r="H6" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="B7" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="C7" t="s">
-        <v>48</v>
+        <v>37</v>
       </c>
       <c r="D7" t="s">
-        <v>49</v>
+        <v>38</v>
       </c>
       <c r="E7" t="s">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="F7" t="s">
-        <v>51</v>
+        <v>40</v>
       </c>
       <c r="G7" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="H7" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="B8" t="s">
-        <v>55</v>
+        <v>44</v>
       </c>
       <c r="C8" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="D8"/>
+        <v>45</v>
+      </c>
+      <c r="D8" t="s">
+        <v>46</v>
+      </c>
       <c r="E8" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="F8" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="G8"/>
+        <v>48</v>
+      </c>
+      <c r="G8" t="s">
+        <v>49</v>
+      </c>
       <c r="H8" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="B9" t="s">
-        <v>61</v>
+        <v>52</v>
       </c>
       <c r="C9" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="D9" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="E9" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="F9" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="G9"/>
       <c r="H9" t="s">
-        <v>67</v>
+        <v>57</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="B10" t="s">
-        <v>69</v>
+        <v>59</v>
       </c>
       <c r="C10" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="D10" t="s">
-        <v>71</v>
+        <v>61</v>
       </c>
       <c r="E10" t="s">
+        <v>62</v>
+      </c>
+      <c r="F10" t="s">
+        <v>63</v>
+      </c>
+      <c r="G10" t="s">
         <v>64</v>
       </c>
-      <c r="F10" t="s">
+      <c r="H10" t="s">
         <v>65</v>
-      </c>
-[...4 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="B11" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="C11" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="D11"/>
       <c r="E11" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="F11" t="s">
-        <v>58</v>
+        <v>70</v>
       </c>
       <c r="G11"/>
       <c r="H11" t="s">
-        <v>59</v>
+        <v>71</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">