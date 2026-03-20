--- v0 (2025-12-05)
+++ v1 (2026-03-20)
@@ -12,76 +12,130 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Проекты" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Даты</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Организация</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Веб-сайт</t>
   </si>
   <si>
     <t>E-mail</t>
   </si>
   <si>
+    <t>Ресурсные возможности: поддержка общественных инициатив на муниципальном уровне</t>
+  </si>
+  <si>
+    <t>Ноябрь 2019 — Декабрь 2021</t>
+  </si>
+  <si>
+    <t>Проект направлен на активизацию совместной работы СО НКО и органов местного самоуправления, при поддержке органов государственной власти</t>
+  </si>
+  <si>
+    <t>https://init-kc.ru/?act=sn&amp;cat=30</t>
+  </si>
+  <si>
+    <t>Кемеровская региональная общественная организация "Кузбасский центр поддержки общественных инициатив"</t>
+  </si>
+  <si>
+    <t>г.Кемерово, 650000, Ул.Ноградская, 3, к.18</t>
+  </si>
+  <si>
+    <t>http://init-kc.ru</t>
+  </si>
+  <si>
+    <t>smk@kemail.ru</t>
+  </si>
+  <si>
+    <t>Общественные советы - ресурс для социально-экономического развития региона</t>
+  </si>
+  <si>
+    <t>Февраль 2021 — Июль 2022</t>
+  </si>
+  <si>
+    <t>Цель проекта - это усиление роли общественного совета как института гражданского общества. Ресурсный центр давно включился в процесс формирования общественных советов, проводя информационную работу с социально ориентированными некоммерческими организациями, а также активно работая в общественных советах при региональных органах исполнительной власти. Планируется в ходе проекта наработать методическую базу, провести исследования, сформировать рекомендации для повышения роли общественных советов, как субъектов общественного контроля. Партнёрство в реализации проекта с Ассоциацией «Совет муниципальных образований Кемеровской области - Кузбасса» и Общественной палатой Кемеровской области - Кузбасса сделает его устойчивым, представители данных организаций включены в команду. Мероприятия проекта направлены на общественные советы при органах государственной власти, общественные советы при органах местного самоуправления и общественные совета по независимой оценке качества условий оказания социальных услуг</t>
+  </si>
+  <si>
+    <t>https://init-kc.ru/?act=sn&amp;cat=32</t>
+  </si>
+  <si>
+    <t>Мобильна студия "ПроДействие": искусство созидать</t>
+  </si>
+  <si>
+    <t>Февраль — Август 2024</t>
+  </si>
+  <si>
+    <t>Проект разработан на основе исследования состояния гражданской активности и уровня ее поддержки местными органами власти на территории Корякского округа и Алеутского МО. Ориентирован на гражданских активистов в п. Палана, п. Оссора с участием заинтересованных жителей населенных пунктов в наземной доступности от указанных поселков, составляющих ресурс для уставной и проектной работы социально ориентированных некоммерческих организаций (НКО). Цель проекта - обеспечение заинтересованных граждан и муниципальных служащих методами и инструментами творчества в создании и продвижении гражданских инициатив, направленных на улучшение качества жизни, с обучением их применению. В ходе проекта осуществляется работа с целевыми группами в разных форматах: - две очные и одна онлайн сессии мобильной студии с участием на договорной основе экспертов и тренеров, имеющий богатый опыт создания и воплощения инициативных проектов местных сообществ; - встреч в Экспертной гостиной с проведением аналитической работы; - онлайн-консультаций для участников студийных сессий; - курирование их работы по доведению инициативы до конкурсной заявки; - творческая студия-практикум на территории уникального природного объекта с представлением практик реализации общественно значимых инициатив в рамках межсекторного сотрудничества. Анализ результатов проекта проводится по результатам опроса участников и презентуется на встрече в Экспертной гостиной в расширенном составе. Главные результаты реализации проекта – участники овладевают инструментами деятельности, мотивирующей членов местных сообществ к совместному творчеству, прежде всего в сотрудничестве с НКО, на благо сообщества; созданы уникальные кейсы местных инициатив для отдаленных населенных пунктов Камчатского края, готовых к заявлению на грантовые конкурсы и тиражированию на другие территории. Проект реализуется командой специалистов, имеющий опыт трансляции умений и навыков социально значимой деятельности через инструменты творчества, личный опыт в создании и доведении до проектов общественных инициатив, а также, дополнительно привлеченными на добровольческой основе руководителями социальных проектов – успешных практик из других муниципальных образований Камчатского края</t>
+  </si>
+  <si>
+    <t>Автономная некоммерческая организация "Методический и информационно-аналитический ресурсный центр некоммерческих организаций "ЭРА"</t>
+  </si>
+  <si>
+    <t>683038 г. Петропавловск-Камчатский, пр-кт Циолковского, д.23, кв. 44</t>
+  </si>
+  <si>
+    <t>mir-center.era@mail.ru</t>
+  </si>
+  <si>
     <t>Решаем Вместе!</t>
   </si>
   <si>
     <t>Март — Декабрь 2023</t>
   </si>
   <si>
     <t>Инициативное бюджетирование (ИБ) – это совокупность разнообразных, основанных на гражданской инициативе практик по решению вопросов местного значения при непосредственном участии граждан в определении и выборе объектов расходования бюджетных средств, а также последующем контроле за реализацией отобранных проектов. Одновременно с этим ИБ является механизмом определения приоритетов в расходовании бюджетных средств с участием инициативных групп граждан. Появление практик ИБ в Чудовском районе стало ответом на необходимость совместной работы граждан и представителей власти в решении городских проблем.</t>
   </si>
   <si>
     <t>Новгородская региональная общественная организация "Творческий центр "Территория успеха"</t>
   </si>
   <si>
     <t>174210 Новгородская область, г. Чудово, ул. Сергея Кузнецова, д.6 кв. 4</t>
   </si>
   <si>
     <t>http://raduga53.ru</t>
   </si>
   <si>
     <t>dolgopolowa.valentina2015@yandex.ru</t>
   </si>
   <si>
     <t>Секреты оценки</t>
   </si>
   <si>
     <t>Февраль 2023 — Январь 2024</t>
@@ -198,119 +252,50 @@
     <t>PRIEMNAYA@NKOYAMALA.RU</t>
   </si>
   <si>
     <t>Школа НКО</t>
   </si>
   <si>
     <t>Сентябрь 2022 — Январь 2023</t>
   </si>
   <si>
     <t>Принимая во внимание потребность некоммерческих организаций в молодых специалистах и волонтерах, и социальных заказ на повышение уровня социальных компетенций молодых активистов со стороны органов власти, молодежного совета федерации профсоюзов, общероссийского народного фронта командой и волонтерами проекта организованы: - сессия-знакомство представителей НКО-сектора и партнеров, заинтересованных в развитии Школы НКО; - прием в Школу НКО на основе онлайн-заявки с пояснением своего намерения и рекомендации НКО; - интерактивный курс "Знакомство: Некоммерческий сектор экономики"; - интерактивный курс "Основы социального проектирования"; - социальные стажировки; - презентации проектных идей, как итоговая работа, демонстрирующая компетенции и навыки, позитивное представление о НКО, где прошла стажировка, на партнерском событии Завтрак НКО</t>
   </si>
   <si>
     <t>https://vk.com/shkolanko_48</t>
   </si>
   <si>
     <t>Автономная некоммерческая организация содействия повышению качества жизни «Агентство социальных технологий»</t>
   </si>
   <si>
     <t>398024, Липецкая область, г. Липецк, ул. Советская, д. 64</t>
   </si>
   <si>
     <t>https://www.astnko.ru/</t>
   </si>
   <si>
     <t>info@astnko.ru</t>
-  </si>
-[...67 lines deleted...]
-    <t>emalitskaya@scisc.ru</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -634,338 +619,336 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H1" sqref="H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="249.938965" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="3561.416016" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="168.530273" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="32.991943" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="2625.930176" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="162.674561" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="176.813965" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="89.549561" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="154.390869" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="84.836426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="39.990234" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="42.418213" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="D2"/>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
       <c r="E2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H3" t="s">
         <v>15</v>
-      </c>
-[...19 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4"/>
+      <c r="E4" t="s">
         <v>23</v>
       </c>
-      <c r="B4" t="s">
+      <c r="F4" t="s">
         <v>24</v>
       </c>
-      <c r="C4" t="s">
+      <c r="G4"/>
+      <c r="H4" t="s">
         <v>25</v>
-      </c>
-[...13 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5"/>
+      <c r="E5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" t="s">
+        <v>30</v>
+      </c>
+      <c r="G5" t="s">
         <v>31</v>
       </c>
-      <c r="B5" t="s">
+      <c r="H5" t="s">
         <v>32</v>
-      </c>
-[...16 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>38</v>
+      </c>
+      <c r="G6" t="s">
         <v>39</v>
       </c>
-      <c r="B6" t="s">
+      <c r="H6" t="s">
         <v>40</v>
-      </c>
-[...14 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>41</v>
+      </c>
+      <c r="B7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F7" t="s">
         <v>46</v>
       </c>
-      <c r="B7" t="s">
+      <c r="G7" t="s">
         <v>47</v>
       </c>
-      <c r="C7" t="s">
+      <c r="H7" t="s">
         <v>48</v>
-      </c>
-[...13 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>49</v>
+      </c>
+      <c r="B8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C8" t="s">
+        <v>51</v>
+      </c>
+      <c r="D8" t="s">
+        <v>52</v>
+      </c>
+      <c r="E8" t="s">
+        <v>53</v>
+      </c>
+      <c r="F8" t="s">
         <v>54</v>
       </c>
-      <c r="B8" t="s">
+      <c r="G8" t="s">
         <v>55</v>
       </c>
-      <c r="C8" t="s">
+      <c r="H8" t="s">
         <v>56</v>
-      </c>
-[...13 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>57</v>
+      </c>
+      <c r="B9" t="s">
+        <v>58</v>
+      </c>
+      <c r="C9" t="s">
+        <v>59</v>
+      </c>
+      <c r="D9"/>
+      <c r="E9" t="s">
+        <v>60</v>
+      </c>
+      <c r="F9" t="s">
+        <v>61</v>
+      </c>
+      <c r="G9" t="s">
         <v>62</v>
       </c>
-      <c r="B9" t="s">
+      <c r="H9" t="s">
         <v>63</v>
-      </c>
-[...14 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>64</v>
+      </c>
+      <c r="B10" t="s">
+        <v>65</v>
+      </c>
+      <c r="C10" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" t="s">
+        <v>67</v>
+      </c>
+      <c r="E10" t="s">
+        <v>68</v>
+      </c>
+      <c r="F10" t="s">
         <v>69</v>
       </c>
-      <c r="B10" t="s">
+      <c r="G10" t="s">
         <v>70</v>
       </c>
-      <c r="C10" t="s">
+      <c r="H10" t="s">
         <v>71</v>
-      </c>
-[...13 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>72</v>
+      </c>
+      <c r="B11" t="s">
+        <v>73</v>
+      </c>
+      <c r="C11" t="s">
+        <v>74</v>
+      </c>
+      <c r="D11" t="s">
+        <v>75</v>
+      </c>
+      <c r="E11" t="s">
+        <v>76</v>
+      </c>
+      <c r="F11" t="s">
         <v>77</v>
       </c>
-      <c r="B11" t="s">
+      <c r="G11" t="s">
         <v>78</v>
       </c>
-      <c r="C11" t="s">
+      <c r="H11" t="s">
         <v>79</v>
-      </c>
-[...13 lines deleted...]
-        <v>84</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">