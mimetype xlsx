--- v0 (2025-10-16)
+++ v1 (2026-03-20)
@@ -12,97 +12,151 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Проекты" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Даты</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Организация</t>
   </si>
   <si>
     <t>Адрес</t>
   </si>
   <si>
     <t>Веб-сайт</t>
   </si>
   <si>
     <t>E-mail</t>
   </si>
   <si>
+    <t>Клуб руководителей и бухгалтеров СО НКО</t>
+  </si>
+  <si>
+    <t>Февраль 2007 — Декабрь 2020</t>
+  </si>
+  <si>
+    <t>Постоянно действующая площадка для организационных, обучающих, методических мероприятий для руководителей и бухгалтеров НКО по вопросам создания объединения, обеспечения деятельности , бухгалтерскому учету и отчетности, проектной деятельности</t>
+  </si>
+  <si>
+    <t>https://vk.com/rrc_nko</t>
+  </si>
+  <si>
+    <t>Региональный Ресурсный центр Российского Союза Молодежи для СО НКО Свердловской области</t>
+  </si>
+  <si>
+    <t>г.Екатеринбург, ул. Малышева, д. 101, оф. 328</t>
+  </si>
+  <si>
+    <t>http://xn--80awbpbep.xn--p1ai/</t>
+  </si>
+  <si>
+    <t>rsm_ural@mail.ru</t>
+  </si>
+  <si>
+    <t>«Республиканский центр развития и поддержки общественных и социальных городских и сельских инициатив, СОНКО, НКО Республики Башкортостан «ТЕРРИТОРИЯ РОСТА»</t>
+  </si>
+  <si>
+    <t>Февраль 2019 — Декабрь 2021</t>
+  </si>
+  <si>
+    <t>Проект перешел в постоянно действующую программу, в рамках которой осуществляется подготовка инфраструктурной площадки для ровного и системного развития института НКО, СОНКО в муниципалитетах Республики. Для этого в нашем организационном сценарии были избраны уполномоченные по СОНКО в количестве 63 человека, с которыми идет системная работа по повышению компетенций и оказанию поддержки. Наши муниципальные агенты это лидеры, обладающие первичными навыками проект – менеджмента, стратегического планирования, навыками межсекторного взаимодействия, что существенно поможет уже на втором, спланированном нами этапе сформировать ресурсные межмуниципальные площадки/центры на территориях муниципалитетов Республики. В 2020 году начался активный процесс осуществления деятельности в онлайн режиме. Запустился образовательный курс «Social administrative management/Социально – административное управление», где выпускной аттестационной работой станет разработка проектов «Муниципальных программ по поддержке СОНКО». Параллельно с муниципалитетами в перерывах между крупными проведениями мероприятий офлайн ведется консультационная, информационная и организационная работа в онлайн формате и удаленном режиме.</t>
+  </si>
+  <si>
+    <t>НП "Ассоциация благотворительных организаций РБ"</t>
+  </si>
+  <si>
+    <t>450531 Алексеевка, ул. 50 лет Победы 40|1</t>
+  </si>
+  <si>
+    <t>https://www.facebook.com/blagolubim.ural</t>
+  </si>
+  <si>
+    <t>afinasultanova@mail.ru</t>
+  </si>
+  <si>
+    <t>Региональный ресурсный центр по развитию негосударственных услуг в социальной сфере (Краснояский край)</t>
+  </si>
+  <si>
+    <t>Ноябрь 2019 — Ноябрь 2022</t>
+  </si>
+  <si>
+    <t>Целью проекта является оказание ресурсной поддержки СОНКО и муниципальным Ресурсным центрам Красноярского края по вопросам выхода на рынок услуг в социальной сфере.</t>
+  </si>
+  <si>
+    <t>Красноярская региональная общественная организация «Агентство общественных инициатив»</t>
+  </si>
+  <si>
+    <t>г. Красноярск, у.Дубровинского,106</t>
+  </si>
+  <si>
+    <t>http://www.aoi24.ru</t>
+  </si>
+  <si>
+    <t>kroo-aoi@mail.ru</t>
+  </si>
+  <si>
     <t>Ресурсный центр по юридическим и экономическим вопросам деятельности СОНКО</t>
   </si>
   <si>
     <t>Январь — Декабрь 2019</t>
   </si>
   <si>
     <t>В проекте планируется возродить, ранее апробированный формат работы КРОО АОИ с НКО - Клуб руководителей и бухгалтеров НКО. Основной формат Клуба - дискуссионно-просветительские встречи, на которых будут рассматриваться последние изменения в нормативных актах, направленных на регулирование бухгалтерского учета, финансовой отчетности и налогообложения в организациях некоммерческого сектора, Будет проводиться обзор информации, напечатанной в специализированных печатных изданиях по бухгалтерскому учету и налогообложению, будут рассматриваться и обсуждаться вопросы по наиболее насущным проблемам, возникающим в организациях. Этот формат предполагает своеобразное наставничество руководителей и бухгалтеров сильных НКО над начинающими.</t>
   </si>
   <si>
-    <t>Красноярская региональная общественная организация «Агентство общественных инициатив»</t>
-[...10 lines deleted...]
-  <si>
     <t>Карьера в НКО</t>
   </si>
   <si>
     <t>Март 2020 — Ноябрь 2021</t>
   </si>
   <si>
     <t>Организация технологических площадок для профессиональной практики студентов социальных специальностей на базе социально ориентированных некоммерческих организаций Красноярского края через реализацию совместных проектов НКО с ВУЗами.</t>
   </si>
   <si>
     <t>Региональная служба социальных добровольцев (Красноярский край)</t>
   </si>
   <si>
     <t>Декабрь 2018 — Ноябрь 2019</t>
   </si>
   <si>
     <t>Создание службы социальных добровольцев, для работы на социальных площадках (стационарные учреждения социального обслуживания, некоммерческие организации, оказывающие услуги людям с ограниченными возможностями здоровья и их семьям) в Красноярском крае.</t>
   </si>
   <si>
     <t>Хочу стать экспертом</t>
   </si>
   <si>
     <t>Январь — Декабрь 2017</t>
   </si>
   <si>
     <t>Профессиональная подготовка, повышение квалификации и экспертного потенциала сотрудников организаций некоммерческого сектора Красноярского края, Общественных советов разных уровней по теме оценки качества социальной сферы.</t>
@@ -126,110 +180,50 @@
     <t>Декабрь 2015 — Январь 2018</t>
   </si>
   <si>
     <t>Цель программы: Повышение качества социальных услуг, компетентности, конкурентоспособности, социальной и экономической эффективности социально ориентированных некоммерческих организаций в 45 регионах РФ, посредством предоставления комплексной информационно-методической поддержки, а также открытия доступа к непрерывному обучению в области добровольчества, разработки и внедрения в практику системы учета и оценки добровольческой деятельности для всех регионов РФ. Комплексом мероприятий решены задачи: 1. Создание и обеспечение функционирования организационной среды программы для эффективного делового взаимодействия 4 партнеров и 225 социально ориентированных некоммерческих организаций, включая студенческие, из 45 субъектов федерации. 2. Подготовка и проведение комплекса из трех взаимосвязанных практико-ориентированных курсов очно-заочного обучения для 450 представителей социально ориентированных некоммерческих организаций, получение обратной связи и анализ эффективности применения знаний по тематикам: - организация работы добровольцев в некоммерческой организации (дистанционный, 9 тематических модулей); - совершенствование инфраструктуры некоммерческой организации (дистанционный, 9 тематических модулей); - применение методики оценки социальной и экономической эффективности добровольческой деятельности (очно-заочный, 36-54 часов с выдачей сертификата ВУЗа). 3. Разработка концепции, критериев и методики оценки социальной и экономической эффективности добровольческой деятельности с учетом зарубежного опыта, практики и потребностей в Российской Федерации. 4. Привлечение внимания общественности, научной среды и органов власти, ответственных за поддержку СО НКО в регионах РФ к проблематике оценки социальной и экономической эффективности добровольческой деятельности. 5. Разработка, издание, распространение не менее 10 аналитических и информационно-методических материалов программы, в т.ч. методических и учебных пособий. 6. Создание кластера «Открытая он-лайн школа добровольческой деятельности» и запуск ее на портале «Вектор добровольчества в России» для постоянного функционирования за пределами реализации программы с 30 малыми тематическими курсами по 7 направлениям для СО НКО во всех регионах РФ и перевода ее на самоокупаемость. 7. Системное распространение информации о программе (ее содержании, мероприятиях, результатах) на портале «Вектор добровольчества в России», оперативное и систематическое представление информации о запланированных и проведенных мероприятиях для размещения на портале единой информационной системы поддержки социально ориентированных некоммерческих организаций Министерства экономического развития Российской Федерации, других информационных ресурсах, популярных среди представителей некоммерческих организаций, а также в средствах массовой информации. Участники Программы – 225 СО НКО в 45 регионах РФ (минимальное количество), осуществляющие деятельность предусмотренную пунктами 1 и 2 статьи 311 Федерального закона «О некоммерческих организациях»: социальная поддержка и защита граждан; благотворительная деятельность, а также деятельность в области содействия благотворительности и добровольчества, в т.ч. студенческие общественные организации, действующие на базе социально-ответственных ВУЗов. Программа реализовывалась при поддержке субсидией Министерства экономического развития РФ и на основе консолидации ресурсов организаций партнеров.</t>
   </si>
   <si>
     <t>Санкт-Петербургская Региональная благотворительная общественная организация «Благотворительное общество "Невский Ангел"»</t>
   </si>
   <si>
     <t>196191, Санкт-Петербург, ул. Варшавская, д. 51, к.1, литер А,СПб ГКУ «Центр международных гуманитарных связей», помещение №16</t>
   </si>
   <si>
     <t>http://www.kdobru.ru/</t>
   </si>
   <si>
     <t>dobrovolec.spb@gmail.com</t>
   </si>
   <si>
     <t>«Вектор добровольчества - от поддержки к сотрудничеству»</t>
   </si>
   <si>
     <t>Ноябрь 2018 — Ноябрь 2019</t>
   </si>
   <si>
     <t>Цель проекта: развить практику внедрения новых технологий организации благотворительной добровольческой деятельности в области предоставления социальных услуг в СО НКО и дополнительных добровольческих социальных услуг на базе ГУ/МУ социального обслуживания населения, в целях повышения качества жизни граждан старшего поколения и детей в Республике Крым, в Республике Карелия, в Калининградской области, в Санкт-Петербурге и в других регионах РФ, посредством предоставления комплексной информационно-методической и инфраструктурной поддержки, развития межсекторного и межрегионального сотрудничества в 2019 году. Проектом реализован комплекс мероприятий, решивших следующие задачи: 1. Сформировать рабочую среду проекта, установить деловое, документальное и техническое взаимодействие с партнерами и участниками, подготовить и обеспечить процесс дистанционного обучения. 2. Содействовать участникам проекта в получении знаний и приобретении компетенций в области организации добровольческой (волонтерской) деятельности и развития добровольческих социальных услуг в СО НКО и в ГУ/МУ Республики Крым, Республики Карелия и Калининградской области, которые позволят им устойчиво и системно улучшать качество жизни граждан старшего поколения, детей и их ближнего окружения. 3. Обеспечить мониторинговое сопровождение, дистанционную консультационно-методическую и местную инфраструктурную поддержку процесса внедрения дополнительных добровольческих социальных услуг в организациях-участниках проекта, в том числе, в целях содействия интеграции добровольческих социальных услуг в систему социального обслуживания населения в Республике Крым, Республике Карелия и в Калининградской области. 4. Содействовать обмену опытом и установлению устойчивого межрегионального сотрудничества в области развития добровольческих социальных услуг людям старшего поколения и детям в СО НКО и ГУ/МУ между организациями-участниками проекта из Республики Крым, Республики Карелия, Калининградской области, Санкт-Петербурга и заинтересованными организациями других регионов РФ. 5. Обобщить и распространить опыт и информацию о первых достижениях и проблемах, полученных в процессе развития добровольческих (волонтерских) социальных услуг в СО НКО, ГУ/МУ социального обслуживания населения Республики Крым, Республики Карелия, Калининградской области и города Санкт-Петербурга. 360 основных участников проекта от 120 организаций из трех целевых регионов (без учета Санкт-Петербурга): - представители региональных и муниципальных СО НКО, студенческих организаций/сообществ Республики Крым, Республики Карелия, Калининградской области - не менее 180 чел. от 45 организаций (1-2 представителя от одной организации и добровольцы); - представители государственных и муниципальных учреждений социального обслуживания населения Республики Крым, Республики Карелия, Калининградской области – не менее 180 чел. от 45 учреждений (1-2 представителя от одного учреждения и добровольцы). Проект реализован с использованием гранта Президента Российской Федерации на развитие гражданского общества, предоставленного Фондом президентских грантов и консолидации ресурсов партнеров в четырех регионах РФ: Санкт-Петербург, Республика Крым, Республика Карелия, Калининградская область.</t>
-  </si>
-[...58 lines deleted...]
-    <t>https://xn--80afcdbalict6afooklqi5o.xn--p1ai/public/application/item?id=0C0DCE71-48D6-48AE-B9F3-5BBE7399EE61</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -553,332 +547,328 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H1" sqref="H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="109.544678" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="183.955078" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="32.991943" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4018.018799" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="128.540039" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="32.991943" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="142.679443" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="148.535156" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="26.993408" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="48.273926" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="29.421387" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="D2"/>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
       <c r="E2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D3"/>
       <c r="E3" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="B4" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="C4" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="D4"/>
       <c r="E4" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="G4" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="H4" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="B5" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="C5" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="D5"/>
       <c r="E5" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="G5" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="H5" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="B6" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6"/>
+      <c r="E6" t="s">
         <v>26</v>
       </c>
-      <c r="D6" t="s">
+      <c r="F6" t="s">
         <v>27</v>
       </c>
-      <c r="E6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G6" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="H6" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="B7" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="C7" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="D7"/>
       <c r="E7" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="F7" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="G7" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="H7" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="B8" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="C8" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="D8"/>
       <c r="E8" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="F8" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="G8" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="H8" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="B9" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="C9" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="D9" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E9" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="F9" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="G9" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H9" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>46</v>
       </c>
       <c r="B10" t="s">
         <v>47</v>
       </c>
       <c r="C10" t="s">
         <v>48</v>
       </c>
-      <c r="D10" t="s">
+      <c r="D10"/>
+      <c r="E10" t="s">
         <v>49</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
         <v>50</v>
       </c>
-      <c r="F10" t="s">
+      <c r="G10" t="s">
         <v>51</v>
       </c>
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>53</v>
+      </c>
+      <c r="B11" t="s">
         <v>54</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>55</v>
       </c>
-      <c r="C11" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D11"/>
       <c r="E11" t="s">
+        <v>49</v>
+      </c>
+      <c r="F11" t="s">
         <v>50</v>
       </c>
-      <c r="F11" t="s">
+      <c r="G11" t="s">
         <v>51</v>
       </c>
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">